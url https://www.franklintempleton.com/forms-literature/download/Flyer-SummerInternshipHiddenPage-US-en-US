--- v0 (2026-02-11)
+++ v1 (2026-03-06)
@@ -64,51 +64,50 @@
   <Override PartName="/ppt/slideLayouts/slideLayout45.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout46.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout47.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout48.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout49.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout50.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout51.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout52.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout53.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout54.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout55.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout56.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout57.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout58.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout59.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout60.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout61.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout62.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout63.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout64.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout65.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout66.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout67.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout68.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/changesInfos/changesInfo1.xml" ContentType="application/vnd.ms-powerpoint.changesinfo+xml"/>
-  <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483672" r:id="rId4"/>
   </p:sldMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="257" r:id="rId5"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="27432000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="en-US"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
@@ -220,348 +219,268 @@
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
       </p15:sldGuideLst>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
-<file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
     <p:restoredLeft sz="15987" autoAdjust="0"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0" showGuides="1">
       <p:cViewPr>
         <p:scale>
-          <a:sx n="40" d="100"/>
-          <a:sy n="40" d="100"/>
+          <a:sx n="70" d="100"/>
+          <a:sy n="70" d="100"/>
         </p:scale>
-        <p:origin x="1644" y="-3116"/>
+        <p:origin x="484" y="-4104"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="8880"/>
         <p:guide pos="3840"/>
         <p:guide orient="horz" pos="7968"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId11" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/></Relationships>
 </file>
 
 <file path=ppt/changesInfos/changesInfo1.xml><?xml version="1.0" encoding="utf-8"?>
 <pc:chgInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:ac="http://schemas.microsoft.com/office/drawing/2013/main/command" xmlns:pc="http://schemas.microsoft.com/office/powerpoint/2013/main/command">
   <pc:docChgLst>
     <pc:chgData name="Calambro, Chelsea" userId="14c0b7dd-30a6-4475-af42-0564adb20ab7" providerId="ADAL" clId="{36A1F924-3E4D-4675-B047-65188A7DB31D}"/>
-    <pc:docChg chg="undo custSel modSld">
-      <pc:chgData name="Calambro, Chelsea" userId="14c0b7dd-30a6-4475-af42-0564adb20ab7" providerId="ADAL" clId="{36A1F924-3E4D-4675-B047-65188A7DB31D}" dt="2026-02-09T18:34:50.381" v="634" actId="1036"/>
+    <pc:docChg chg="custSel modSld">
+      <pc:chgData name="Calambro, Chelsea" userId="14c0b7dd-30a6-4475-af42-0564adb20ab7" providerId="ADAL" clId="{36A1F924-3E4D-4675-B047-65188A7DB31D}" dt="2026-03-05T22:03:57.593" v="162" actId="1036"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
-      <pc:sldChg chg="addSp delSp modSp mod">
-        <pc:chgData name="Calambro, Chelsea" userId="14c0b7dd-30a6-4475-af42-0564adb20ab7" providerId="ADAL" clId="{36A1F924-3E4D-4675-B047-65188A7DB31D}" dt="2026-02-09T18:34:50.381" v="634" actId="1036"/>
+      <pc:sldChg chg="delSp modSp mod">
+        <pc:chgData name="Calambro, Chelsea" userId="14c0b7dd-30a6-4475-af42-0564adb20ab7" providerId="ADAL" clId="{36A1F924-3E4D-4675-B047-65188A7DB31D}" dt="2026-03-05T22:03:57.593" v="162" actId="1036"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1292230222" sldId="257"/>
         </pc:sldMkLst>
         <pc:spChg chg="mod">
-          <ac:chgData name="Calambro, Chelsea" userId="14c0b7dd-30a6-4475-af42-0564adb20ab7" providerId="ADAL" clId="{36A1F924-3E4D-4675-B047-65188A7DB31D}" dt="2026-02-05T17:34:50.919" v="443" actId="552"/>
+          <ac:chgData name="Calambro, Chelsea" userId="14c0b7dd-30a6-4475-af42-0564adb20ab7" providerId="ADAL" clId="{36A1F924-3E4D-4675-B047-65188A7DB31D}" dt="2026-03-04T19:15:51.171" v="82" actId="465"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="1292230222" sldId="257"/>
-            <ac:spMk id="2" creationId="{6DCC7E88-B2F0-627C-2FD9-1A5F5AA641CA}"/>
+            <ac:spMk id="2" creationId="{3BA2462D-33E8-81F1-5456-269E9D73E45C}"/>
           </ac:spMkLst>
         </pc:spChg>
         <pc:spChg chg="mod">
-          <ac:chgData name="Calambro, Chelsea" userId="14c0b7dd-30a6-4475-af42-0564adb20ab7" providerId="ADAL" clId="{36A1F924-3E4D-4675-B047-65188A7DB31D}" dt="2026-02-05T17:17:30.678" v="273" actId="1035"/>
-[...7 lines deleted...]
-          <ac:chgData name="Calambro, Chelsea" userId="14c0b7dd-30a6-4475-af42-0564adb20ab7" providerId="ADAL" clId="{36A1F924-3E4D-4675-B047-65188A7DB31D}" dt="2026-02-05T20:12:42.674" v="569" actId="1035"/>
+          <ac:chgData name="Calambro, Chelsea" userId="14c0b7dd-30a6-4475-af42-0564adb20ab7" providerId="ADAL" clId="{36A1F924-3E4D-4675-B047-65188A7DB31D}" dt="2026-03-04T19:15:51.171" v="82" actId="465"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="1292230222" sldId="257"/>
             <ac:spMk id="10" creationId="{05CB3561-9ED9-2AA7-2C63-070AF8D9E70E}"/>
           </ac:spMkLst>
         </pc:spChg>
         <pc:spChg chg="mod">
-          <ac:chgData name="Calambro, Chelsea" userId="14c0b7dd-30a6-4475-af42-0564adb20ab7" providerId="ADAL" clId="{36A1F924-3E4D-4675-B047-65188A7DB31D}" dt="2026-02-05T17:17:30.678" v="273" actId="1035"/>
+          <ac:chgData name="Calambro, Chelsea" userId="14c0b7dd-30a6-4475-af42-0564adb20ab7" providerId="ADAL" clId="{36A1F924-3E4D-4675-B047-65188A7DB31D}" dt="2026-03-04T19:15:51.171" v="82" actId="465"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="1292230222" sldId="257"/>
-            <ac:spMk id="12" creationId="{ECA453CE-C779-A51B-6EA9-45B965381CCE}"/>
+            <ac:spMk id="13" creationId="{E35D8335-A19B-33E5-9640-CF85D3CC64C5}"/>
           </ac:spMkLst>
         </pc:spChg>
-        <pc:spChg chg="mod">
-[...16 lines deleted...]
-          <ac:chgData name="Calambro, Chelsea" userId="14c0b7dd-30a6-4475-af42-0564adb20ab7" providerId="ADAL" clId="{36A1F924-3E4D-4675-B047-65188A7DB31D}" dt="2026-02-05T17:35:01.656" v="445" actId="552"/>
+        <pc:spChg chg="del">
+          <ac:chgData name="Calambro, Chelsea" userId="14c0b7dd-30a6-4475-af42-0564adb20ab7" providerId="ADAL" clId="{36A1F924-3E4D-4675-B047-65188A7DB31D}" dt="2026-03-05T21:54:47.809" v="85" actId="478"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="1292230222" sldId="257"/>
             <ac:spMk id="17" creationId="{B965BD4B-98EA-8FD4-E1D8-36915EA7F3BA}"/>
           </ac:spMkLst>
         </pc:spChg>
-        <pc:spChg chg="add mod">
-          <ac:chgData name="Calambro, Chelsea" userId="14c0b7dd-30a6-4475-af42-0564adb20ab7" providerId="ADAL" clId="{36A1F924-3E4D-4675-B047-65188A7DB31D}" dt="2026-02-09T18:34:49.439" v="633" actId="1076"/>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Calambro, Chelsea" userId="14c0b7dd-30a6-4475-af42-0564adb20ab7" providerId="ADAL" clId="{36A1F924-3E4D-4675-B047-65188A7DB31D}" dt="2026-03-04T19:15:51.171" v="82" actId="465"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="1292230222" sldId="257"/>
-            <ac:spMk id="19" creationId="{F0581D2C-B7E3-675B-029B-1380AA003316}"/>
+            <ac:spMk id="19" creationId="{296E8E9A-578B-F929-A7F2-7278FDF6F3A9}"/>
           </ac:spMkLst>
         </pc:spChg>
         <pc:spChg chg="mod">
-          <ac:chgData name="Calambro, Chelsea" userId="14c0b7dd-30a6-4475-af42-0564adb20ab7" providerId="ADAL" clId="{36A1F924-3E4D-4675-B047-65188A7DB31D}" dt="2026-02-05T17:17:08.984" v="258" actId="20577"/>
+          <ac:chgData name="Calambro, Chelsea" userId="14c0b7dd-30a6-4475-af42-0564adb20ab7" providerId="ADAL" clId="{36A1F924-3E4D-4675-B047-65188A7DB31D}" dt="2026-03-04T19:15:48.331" v="81" actId="552"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="1292230222" sldId="257"/>
-            <ac:spMk id="22" creationId="{04BF1476-C8DF-4D31-9714-98D5CB8A6E49}"/>
+            <ac:spMk id="20" creationId="{F8B95BC5-B927-1980-D84E-91F3FCD13A5F}"/>
           </ac:spMkLst>
         </pc:spChg>
-        <pc:spChg chg="add mod">
-          <ac:chgData name="Calambro, Chelsea" userId="14c0b7dd-30a6-4475-af42-0564adb20ab7" providerId="ADAL" clId="{36A1F924-3E4D-4675-B047-65188A7DB31D}" dt="2026-02-05T17:35:01.656" v="445" actId="552"/>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Calambro, Chelsea" userId="14c0b7dd-30a6-4475-af42-0564adb20ab7" providerId="ADAL" clId="{36A1F924-3E4D-4675-B047-65188A7DB31D}" dt="2026-03-05T22:03:57.593" v="162" actId="1036"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="1292230222" sldId="257"/>
             <ac:spMk id="23" creationId="{42E4BE40-92C8-3B91-DC0F-44ABD05E3C6A}"/>
           </ac:spMkLst>
         </pc:spChg>
-        <pc:spChg chg="add mod">
-          <ac:chgData name="Calambro, Chelsea" userId="14c0b7dd-30a6-4475-af42-0564adb20ab7" providerId="ADAL" clId="{36A1F924-3E4D-4675-B047-65188A7DB31D}" dt="2026-02-05T17:35:01.656" v="445" actId="552"/>
+        <pc:spChg chg="del">
+          <ac:chgData name="Calambro, Chelsea" userId="14c0b7dd-30a6-4475-af42-0564adb20ab7" providerId="ADAL" clId="{36A1F924-3E4D-4675-B047-65188A7DB31D}" dt="2026-03-05T21:52:57.717" v="83" actId="478"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="1292230222" sldId="257"/>
             <ac:spMk id="25" creationId="{D3FE8EA3-B7E9-DF43-4B96-1B23C7ED7FC2}"/>
           </ac:spMkLst>
         </pc:spChg>
-        <pc:spChg chg="add mod">
-          <ac:chgData name="Calambro, Chelsea" userId="14c0b7dd-30a6-4475-af42-0564adb20ab7" providerId="ADAL" clId="{36A1F924-3E4D-4675-B047-65188A7DB31D}" dt="2026-02-09T18:34:50.381" v="634" actId="1036"/>
+        <pc:spChg chg="del">
+          <ac:chgData name="Calambro, Chelsea" userId="14c0b7dd-30a6-4475-af42-0564adb20ab7" providerId="ADAL" clId="{36A1F924-3E4D-4675-B047-65188A7DB31D}" dt="2026-03-04T19:15:06.055" v="22" actId="478"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="1292230222" sldId="257"/>
-            <ac:spMk id="26" creationId="{C24F3A8F-C338-C204-3BD8-751B05F0A7DF}"/>
+            <ac:spMk id="26" creationId="{4241C789-92FC-87ED-C3E5-ABF8048A8DDB}"/>
           </ac:spMkLst>
         </pc:spChg>
-        <pc:spChg chg="add mod">
-          <ac:chgData name="Calambro, Chelsea" userId="14c0b7dd-30a6-4475-af42-0564adb20ab7" providerId="ADAL" clId="{36A1F924-3E4D-4675-B047-65188A7DB31D}" dt="2026-02-09T18:34:50.381" v="634" actId="1036"/>
+        <pc:spChg chg="del mod">
+          <ac:chgData name="Calambro, Chelsea" userId="14c0b7dd-30a6-4475-af42-0564adb20ab7" providerId="ADAL" clId="{36A1F924-3E4D-4675-B047-65188A7DB31D}" dt="2026-03-04T19:15:09.171" v="23" actId="478"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="1292230222" sldId="257"/>
-            <ac:spMk id="28" creationId="{6F6994DA-1990-FC34-A18D-DE2120A6FD1C}"/>
+            <ac:spMk id="27" creationId="{A18D019E-6F5B-A896-DDEF-D7A54BF12DAD}"/>
           </ac:spMkLst>
         </pc:spChg>
         <pc:spChg chg="mod">
-          <ac:chgData name="Calambro, Chelsea" userId="14c0b7dd-30a6-4475-af42-0564adb20ab7" providerId="ADAL" clId="{36A1F924-3E4D-4675-B047-65188A7DB31D}" dt="2026-02-05T17:34:50.919" v="443" actId="552"/>
-[...15 lines deleted...]
-          <ac:chgData name="Calambro, Chelsea" userId="14c0b7dd-30a6-4475-af42-0564adb20ab7" providerId="ADAL" clId="{36A1F924-3E4D-4675-B047-65188A7DB31D}" dt="2026-02-09T18:34:50.381" v="634" actId="1036"/>
+          <ac:chgData name="Calambro, Chelsea" userId="14c0b7dd-30a6-4475-af42-0564adb20ab7" providerId="ADAL" clId="{36A1F924-3E4D-4675-B047-65188A7DB31D}" dt="2026-03-04T19:15:51.171" v="82" actId="465"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="1292230222" sldId="257"/>
             <ac:spMk id="32" creationId="{272C0A03-084E-F879-DD76-467250FBE6BE}"/>
           </ac:spMkLst>
         </pc:spChg>
-        <pc:spChg chg="mod">
-[...8 lines deleted...]
-          <ac:chgData name="Calambro, Chelsea" userId="14c0b7dd-30a6-4475-af42-0564adb20ab7" providerId="ADAL" clId="{36A1F924-3E4D-4675-B047-65188A7DB31D}" dt="2026-02-05T17:35:01.656" v="445" actId="552"/>
+        <pc:spChg chg="del">
+          <ac:chgData name="Calambro, Chelsea" userId="14c0b7dd-30a6-4475-af42-0564adb20ab7" providerId="ADAL" clId="{36A1F924-3E4D-4675-B047-65188A7DB31D}" dt="2026-03-05T21:54:44.742" v="84" actId="478"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="1292230222" sldId="257"/>
             <ac:spMk id="34" creationId="{40A4E1FE-37D9-4BD1-0187-B8C5CEB5CAA0}"/>
           </ac:spMkLst>
         </pc:spChg>
         <pc:spChg chg="mod">
-          <ac:chgData name="Calambro, Chelsea" userId="14c0b7dd-30a6-4475-af42-0564adb20ab7" providerId="ADAL" clId="{36A1F924-3E4D-4675-B047-65188A7DB31D}" dt="2026-02-05T20:13:42.442" v="606" actId="465"/>
-[...15 lines deleted...]
-          <ac:chgData name="Calambro, Chelsea" userId="14c0b7dd-30a6-4475-af42-0564adb20ab7" providerId="ADAL" clId="{36A1F924-3E4D-4675-B047-65188A7DB31D}" dt="2026-02-05T20:13:42.442" v="606" actId="465"/>
+          <ac:chgData name="Calambro, Chelsea" userId="14c0b7dd-30a6-4475-af42-0564adb20ab7" providerId="ADAL" clId="{36A1F924-3E4D-4675-B047-65188A7DB31D}" dt="2026-03-04T19:15:48.331" v="81" actId="552"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="1292230222" sldId="257"/>
             <ac:spMk id="37" creationId="{DA01A5E2-D0BB-6464-82B7-C63D2DF26F5F}"/>
           </ac:spMkLst>
         </pc:spChg>
         <pc:spChg chg="mod">
-          <ac:chgData name="Calambro, Chelsea" userId="14c0b7dd-30a6-4475-af42-0564adb20ab7" providerId="ADAL" clId="{36A1F924-3E4D-4675-B047-65188A7DB31D}" dt="2026-02-05T20:13:42.442" v="606" actId="465"/>
+          <ac:chgData name="Calambro, Chelsea" userId="14c0b7dd-30a6-4475-af42-0564adb20ab7" providerId="ADAL" clId="{36A1F924-3E4D-4675-B047-65188A7DB31D}" dt="2026-03-04T19:15:51.171" v="82" actId="465"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="1292230222" sldId="257"/>
             <ac:spMk id="38" creationId="{2F8E2C5D-85CA-753E-F55A-9B951C9B41AB}"/>
           </ac:spMkLst>
         </pc:spChg>
         <pc:spChg chg="mod">
-          <ac:chgData name="Calambro, Chelsea" userId="14c0b7dd-30a6-4475-af42-0564adb20ab7" providerId="ADAL" clId="{36A1F924-3E4D-4675-B047-65188A7DB31D}" dt="2026-02-05T20:13:42.442" v="606" actId="465"/>
+          <ac:chgData name="Calambro, Chelsea" userId="14c0b7dd-30a6-4475-af42-0564adb20ab7" providerId="ADAL" clId="{36A1F924-3E4D-4675-B047-65188A7DB31D}" dt="2026-03-04T19:15:51.171" v="82" actId="465"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="1292230222" sldId="257"/>
             <ac:spMk id="39" creationId="{D18D79D2-002D-0952-519F-02AD425EAC7D}"/>
           </ac:spMkLst>
         </pc:spChg>
-        <pc:spChg chg="add mod">
-          <ac:chgData name="Calambro, Chelsea" userId="14c0b7dd-30a6-4475-af42-0564adb20ab7" providerId="ADAL" clId="{36A1F924-3E4D-4675-B047-65188A7DB31D}" dt="2026-02-09T18:34:50.381" v="634" actId="1036"/>
+        <pc:spChg chg="del mod">
+          <ac:chgData name="Calambro, Chelsea" userId="14c0b7dd-30a6-4475-af42-0564adb20ab7" providerId="ADAL" clId="{36A1F924-3E4D-4675-B047-65188A7DB31D}" dt="2026-03-04T19:14:26.840" v="21" actId="478"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="1292230222" sldId="257"/>
             <ac:spMk id="40" creationId="{33559086-DC6B-3E49-7F79-C27D31CB8B87}"/>
           </ac:spMkLst>
         </pc:spChg>
-        <pc:spChg chg="add mod">
-          <ac:chgData name="Calambro, Chelsea" userId="14c0b7dd-30a6-4475-af42-0564adb20ab7" providerId="ADAL" clId="{36A1F924-3E4D-4675-B047-65188A7DB31D}" dt="2026-02-09T18:34:50.381" v="634" actId="1036"/>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Calambro, Chelsea" userId="14c0b7dd-30a6-4475-af42-0564adb20ab7" providerId="ADAL" clId="{36A1F924-3E4D-4675-B047-65188A7DB31D}" dt="2026-03-04T19:15:51.171" v="82" actId="465"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="1292230222" sldId="257"/>
             <ac:spMk id="41" creationId="{3FF4576E-9EA3-9976-5C90-CA1699242ABC}"/>
           </ac:spMkLst>
         </pc:spChg>
-        <pc:spChg chg="add mod">
-          <ac:chgData name="Calambro, Chelsea" userId="14c0b7dd-30a6-4475-af42-0564adb20ab7" providerId="ADAL" clId="{36A1F924-3E4D-4675-B047-65188A7DB31D}" dt="2026-02-05T17:35:01.656" v="445" actId="552"/>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Calambro, Chelsea" userId="14c0b7dd-30a6-4475-af42-0564adb20ab7" providerId="ADAL" clId="{36A1F924-3E4D-4675-B047-65188A7DB31D}" dt="2026-03-05T22:03:57.593" v="162" actId="1036"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="1292230222" sldId="257"/>
             <ac:spMk id="43" creationId="{D9954329-F426-60D0-254B-5D7D6140F559}"/>
           </ac:spMkLst>
         </pc:spChg>
-        <pc:spChg chg="add mod">
-          <ac:chgData name="Calambro, Chelsea" userId="14c0b7dd-30a6-4475-af42-0564adb20ab7" providerId="ADAL" clId="{36A1F924-3E4D-4675-B047-65188A7DB31D}" dt="2026-02-09T18:34:50.381" v="634" actId="1036"/>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Calambro, Chelsea" userId="14c0b7dd-30a6-4475-af42-0564adb20ab7" providerId="ADAL" clId="{36A1F924-3E4D-4675-B047-65188A7DB31D}" dt="2026-03-04T19:15:51.171" v="82" actId="465"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="1292230222" sldId="257"/>
             <ac:spMk id="44" creationId="{F48EA4E9-DE15-204C-3B1F-82C09CDD7B48}"/>
           </ac:spMkLst>
         </pc:spChg>
-        <pc:spChg chg="add mod">
-          <ac:chgData name="Calambro, Chelsea" userId="14c0b7dd-30a6-4475-af42-0564adb20ab7" providerId="ADAL" clId="{36A1F924-3E4D-4675-B047-65188A7DB31D}" dt="2026-02-05T17:35:01.656" v="445" actId="552"/>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Calambro, Chelsea" userId="14c0b7dd-30a6-4475-af42-0564adb20ab7" providerId="ADAL" clId="{36A1F924-3E4D-4675-B047-65188A7DB31D}" dt="2026-03-05T22:03:57.593" v="162" actId="1036"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="1292230222" sldId="257"/>
             <ac:spMk id="45" creationId="{4A956C04-E407-CF25-77AA-89D488A1396C}"/>
           </ac:spMkLst>
         </pc:spChg>
-        <pc:picChg chg="mod">
-[...6 lines deleted...]
-        </pc:picChg>
       </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
 </pc:chgInfo>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.svg"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
@@ -44452,51 +44371,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master subtitle style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{F0D82377-0490-429C-8ACD-283A4BCF94DC}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>2/6/2026</a:t>
+              <a:t>3/3/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -46815,51 +46734,51 @@
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
   <p:extLst>
     <p:ext uri="{27BBF7A9-308A-43DC-89C8-2F10F3537804}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
         <p15:guide id="1" orient="horz" pos="2160">
           <p15:clr>
             <a:srgbClr val="F26B43"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="2" pos="3839">
           <p15:clr>
             <a:srgbClr val="F26B43"/>
           </p15:clr>
         </p15:guide>
       </p15:sldGuideLst>
     </p:ext>
   </p:extLst>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://franklintempleton.wd5.myworkdayjobs.com/Invitation-Only/job/NY1MFL21FT/Franklin-Income-Investors_865853" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://franklintempleton.wd5.myworkdayjobs.com/Invitation-Only/job/USA-CHI155-Chicago/Corporate-Fixed-Income---Undergrad-Intern_866039" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://franklintempleton.wd5.myworkdayjobs.com/Invitation-Only/job/USA-BOS100-Boston/National-Accounts_866290" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://franklintempleton.wd5.myworkdayjobs.com/Invitation-Only/job/Toronto-Ontario-Canada/Canada-Institutional_866285" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.franklintempletoncareers.com/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://franklintempleton.wd5.myworkdayjobs.com/Invitation-Only/job/San-Ramon-California-United-States-of-America/Franklin-Income-Investors_865852" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://franklintempleton.wd5.myworkdayjobs.com/Invitation-Only/job/Massachusetts-United-States-of-America/Global-Fund-Administration---Oversight---Global-Fund-Expense---Budgets-Team_866038" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://franklintempleton.wd5.myworkdayjobs.com/Invitation-Only/job/NY1MFL21FT/US-Institutional-Sales_866286" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://franklintempleton.wd5.myworkdayjobs.com/Invitation-Only/job/San-Mateo-California-United-States-of-America/Technology-Order-Management-Execution---Compliance_866311" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://franklintempleton.wd5.myworkdayjobs.com/Invitation-Only/job/Stamford-Connecticut-United-States-of-America/US-Fund-Admin---Oversight_866036" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://franklintempleton.wd5.myworkdayjobs.com/Invitation-Only/job/Ft-Lauderdale-Florida-United-States-of-America/FTT-Investment-Operations_866076" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://franklintempleton.wd5.myworkdayjobs.com/Invitation-Only/job/Stamford-Connecticut-United-States-of-America/US-Strategic-Relationship-Marketing_866584" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout68.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://franklintempleton.wd5.myworkdayjobs.com/Invitation-Only/job/Stamford-Connecticut-United-States-of-America/Franklin-Templeton-Investment-Solutions--FTIS----Undergrad-Intern_865656" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://franklintempleton.wd5.myworkdayjobs.com/Invitation-Only/job/Boston-Massachusetts-United-States-of-America/US-Product_866298" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://franklintempleton.wd5.myworkdayjobs.com/Invitation-Only/job/Toronto-Ontario-Canada/Canada-Marketing_866612" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://players.brightcove.net/627971142001/qtIIgIbx1_default/index.html?videoId=6339990278112" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://franklintempleton.wd5.myworkdayjobs.com/Invitation-Only/job/Toronto-Ontario-Canada/Global-Fund-Administration---Oversight_866035" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://franklintempleton.wd5.myworkdayjobs.com/Invitation-Only/job/Toronto-Ontario-Canada/Product-Strategy---Development_866295" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://franklintempleton.wd5.myworkdayjobs.com/Invitation-Only/job/USA-BOS100-Boston/US-Client-Marketing_866556" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://franklintempleton.wd5.myworkdayjobs.com/Invitation-Only/job/Ft-Lauderdale-Florida-United-States-of-America/FTT-Investment-Operations_866057" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://franklintempleton.wd5.myworkdayjobs.com/Invitation-Only/job/Rancho-Cordova-California-United-States-of-America/Global-Brand-Engagement_866608" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.linkedin.com/company/franklin-templeton/posts/?feedView=all" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://franklintempleton.wd5.myworkdayjobs.com/Invitation-Only/job/USA-BAL1201-Baltimore/Investment-Management-Data-Science_866040" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://franklintempleton.wd5.myworkdayjobs.com/Invitation-Only/job/Toronto-Ontario-Canada/Canada-Retail-Sales_866301" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://franklintempleton.wd5.myworkdayjobs.com/Invitation-Only/job/Massachusetts-United-States-of-America/Putnam-Transfer-Agency---Investor-Services-Internship_866454" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://franklintempleton.wd5.myworkdayjobs.com/Invitation-Only/job/Toronto-Ontario-Canada/Global-ETF-Marketing_866583" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/franklintempleton" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/franklintempleton" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://franklintempleton.wd5.myworkdayjobs.com/Invitation-Only/job/Ft-Lauderdale-Florida-United-States-of-America/FTT-Investment-Operations_866076" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://franklintempleton.wd5.myworkdayjobs.com/Invitation-Only/job/Rancho-Cordova-California-United-States-of-America/Global-Brand-Engagement_866608" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://franklintempleton.wd5.myworkdayjobs.com/Invitation-Only/job/St-Petersburg-Florida-United-States-of-America/FT-Client-Representative--Global-Shareholder-Services_866847" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://franklintempleton.wd5.myworkdayjobs.com/Invitation-Only/job/New-York-City-New-York-United-States-of-America/Undergrad-Intern---Fiduciary-Trust-Portfolio-Management_866698" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.franklintempletoncareers.com/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://franklintempleton.wd5.myworkdayjobs.com/Invitation-Only/job/Ft-Lauderdale-Florida-United-States-of-America/FTT-Investment-Operations_866057" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://franklintempleton.wd5.myworkdayjobs.com/Invitation-Only/job/Toronto-Ontario-Canada/Global-ETF-Marketing_866583" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://franklintempleton.wd5.myworkdayjobs.com/Invitation-Only/job/Rancho-Cordova-California-United-States-of-America/Undergrad-Intern---Client-Representative--Global-Shareholder-Services_866843" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://franklintempleton.wd5.myworkdayjobs.com/Invitation-Only/job/Stamford-Connecticut-United-States-of-America/US-Strategic-Relationship-Marketing_866584" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://franklintempleton.wd5.myworkdayjobs.com/Invitation-Only/job/San-Mateo-California-United-States-of-America/Technology-Order-Management-Execution---Compliance_866311" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout68.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://franklintempleton.wd5.myworkdayjobs.com/Invitation-Only/job/USA-CHI155-Chicago/Corporate-Fixed-Income---Undergrad-Intern_866039" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://franklintempleton.wd5.myworkdayjobs.com/Invitation-Only/job/Wilmington-Delaware-United-States-of-America/Legal-Intern---Fiduciary-Trust-International-of-Delaware_866710" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://players.brightcove.net/627971142001/qtIIgIbx1_default/index.html?videoId=6339990278112" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://franklintempleton.wd5.myworkdayjobs.com/Primary-External-1/job/Massachusetts-United-States-of-America/Putnam-Transfer-Agency---Investor-Services-Internship_866454-1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://franklintempleton.wd5.myworkdayjobs.com/Invitation-Only/job/New-York-City-New-York-United-States-of-America/Legal-Intern---Estate-Administration_866709" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://franklintempleton.wd5.myworkdayjobs.com/Invitation-Only/job/Toronto-Ontario-Canada/Canada-Marketing_866612" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.linkedin.com/company/franklin-templeton/posts/?feedView=all" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://franklintempleton.wd5.myworkdayjobs.com/Invitation-Only/job/Toronto-Ontario-Canada/Canada-Retail-Sales_866301" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://franklintempleton.wd5.myworkdayjobs.com/Invitation-Only/job/St-Petersburg-Florida-United-States-of-America/Undergrad-Intern---Fiduciary-Trust-Data-Production---Document-Management_866701" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A2889DE0-D212-1043-1B61-FBCB17865247}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
@@ -46963,51 +46882,51 @@
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="12192000" cy="2857500"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="22" name="TextBox 21">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{04BF1476-C8DF-4D31-9714-98D5CB8A6E49}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="610319" y="5932940"/>
+            <a:off x="610319" y="5456690"/>
             <a:ext cx="6311760" cy="3323987"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="1200"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="1" i="0" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1446E1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="+mj-lt"/>
@@ -47024,51 +46943,51 @@
                 <a:effectLst/>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Franklin Templeton welcomes employees from all over the world, creating a diverse workplace and a truly inclusive atmosphere. Each new perspective and fresh approach help us to look to the future with a view to making things better. Whether you are a rising college third- or fourth-year student (rising Junior graduating in 2028 or rising Senior graduating in 2027), we understand that securing an internship is an exciting adventure.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="2000" dirty="0">
               <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="TextBox 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{774B7777-570B-A9E5-34E3-1843E8A87BC6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="501446" y="3429000"/>
+            <a:off x="501446" y="2952750"/>
             <a:ext cx="8425387" cy="2246769"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="2000" b="0" i="0" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Franklin Templeton welcomes employees from all over the world, creating a supportive, respectful, and truly inclusive atmosphere. Each new perspective and fresh approach help us to look to the future with a view to making things better. Whether you are a rising college junior or senior, recent college graduate or about to be one, at Franklin Templeton you will find the opportunity to progress your career.</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="0" i="0" dirty="0">
@@ -47096,51 +47015,51 @@
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>:</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="2000" dirty="0">
               <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Rectangle: Rounded Corners 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0133F29D-E586-7ACD-3190-87812BDC9B6F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7286171" y="5932942"/>
+            <a:off x="7286171" y="5456692"/>
             <a:ext cx="4200725" cy="3812612"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd name="adj" fmla="val 9224"/>
             </a:avLst>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="1446E1"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
@@ -47150,51 +47069,51 @@
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="TextBox 11">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ECA453CE-C779-A51B-6EA9-45B965381CCE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7650261" y="6252319"/>
+            <a:off x="7650261" y="5776069"/>
             <a:ext cx="3699731" cy="1323439"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="2000" b="1" i="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Learn about our Internship </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
@@ -47216,51 +47135,51 @@
               <a:t>rogram, recruitment timeline, interview advice, and more...</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="2000" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="TextBox 13">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E3671338-625D-A3FF-2622-F4AAB9208A5E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="8814539" y="7892730"/>
+            <a:off x="8814539" y="7416480"/>
             <a:ext cx="2560063" cy="553998"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1600" b="0" i="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Chelsea Calambro,</a:t>
             </a:r>
           </a:p>
           <a:p>
@@ -47276,51 +47195,51 @@
             </a:r>
             <a:endParaRPr lang="en-US" sz="1400" i="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="16" name="Rectangle: Rounded Corners 15">
             <a:hlinkClick r:id="rId5"/>
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3BFF6356-69E7-BD0B-C038-D0455F033460}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7743988" y="8855562"/>
+            <a:off x="7743988" y="8379312"/>
             <a:ext cx="3285090" cy="682172"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd name="adj" fmla="val 27305"/>
             </a:avLst>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
@@ -47345,51 +47264,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="18" name="Picture 17">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D2A2E048-1853-504E-A75F-8480D4B4E71B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId6"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7650262" y="7664086"/>
+            <a:off x="7650262" y="7187836"/>
             <a:ext cx="1067008" cy="1067008"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="63500" cap="rnd">
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="21" name="Rectangle 20">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CB628F17-0204-D875-EB06-67FD6EE3943C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
@@ -47859,101 +47778,101 @@
             <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="62" name="Straight Connector 61">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{269F0926-915B-5E8F-EB11-089039EFC903}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr>
             <a:cxnSpLocks/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="616708" y="5719410"/>
+            <a:off x="616708" y="5243160"/>
             <a:ext cx="10958584" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent5"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent5"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent5"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Picture 3" descr="A black background with a black square&#10;&#10;AI-generated content may be incorrect.">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D5E9AECC-55A9-8BB3-4B36-D7C55193D9E0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="8926833" y="3736867"/>
+            <a:off x="8926833" y="3260617"/>
             <a:ext cx="3111268" cy="1146354"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="9" name="Picture 8" descr="A black background with white text&#10;&#10;AI-generated content may be incorrect.">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A4D991CD-CFE4-7D87-7855-EF1F8550EC42}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId10">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -48027,1196 +47946,1062 @@
           <a:xfrm>
             <a:off x="6700231" y="10644771"/>
             <a:ext cx="4846320" cy="400110"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" sz="2000" b="1" u="sng" dirty="0"/>
               <a:t>Canada Internships</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="29" name="Rectangle 28">
+          <p:cNvPr id="37" name="Rectangle 36">
             <a:hlinkClick r:id="rId11"/>
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E95F79C6-7E21-2426-D536-F22693BC401B}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DA01A5E2-D0BB-6464-82B7-C63D2DF26F5F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="770622" y="11263908"/>
+            <a:off x="770622" y="11276873"/>
             <a:ext cx="5030330" cy="555109"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln/>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0"/>
-              <a:t>Investment Solutions: Marketing &amp; Communication</a:t>
+              <a:t>Corporate Fixed Income</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Rectangle 1">
+          <p:cNvPr id="38" name="Rectangle 37">
             <a:hlinkClick r:id="rId12"/>
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6DCC7E88-B2F0-627C-2FD9-1A5F5AA641CA}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2F8E2C5D-85CA-753E-F55A-9B951C9B41AB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="770622" y="11928039"/>
+            <a:off x="770622" y="11962682"/>
             <a:ext cx="5030330" cy="555109"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln/>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0"/>
-              <a:t>Franklin Income Investors Business Strategy</a:t>
+              <a:t>Technology Investment Operations (Data Science Applications) </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="13" name="Rectangle 12">
+          <p:cNvPr id="39" name="Rectangle 38">
             <a:hlinkClick r:id="rId13"/>
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E8FBDA7F-F044-31DE-8F7D-0B66806941D7}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D18D79D2-002D-0952-519F-02AD425EAC7D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="770622" y="12592170"/>
+            <a:off x="770622" y="12648491"/>
             <a:ext cx="5030330" cy="555109"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln/>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0"/>
-              <a:t>Franklin Income Investors Client Portfolio Management</a:t>
+              <a:t>Technology Investment Operations (System &amp; Platform Architecture) </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="33" name="Rectangle 32">
+          <p:cNvPr id="23" name="Rectangle 22">
             <a:hlinkClick r:id="rId14"/>
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D68C29EB-16AC-4E57-53B7-E935CC509A45}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{42E4BE40-92C8-3B91-DC0F-44ABD05E3C6A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="770622" y="13256301"/>
+            <a:off x="6551229" y="11302776"/>
             <a:ext cx="5030330" cy="555109"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:ln/>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="accent3"/>
+            </a:solidFill>
+          </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0"/>
-              <a:t>Investment Management Data Science</a:t>
+              <a:t>Canada Retail Sales</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="34" name="Rectangle 33">
+          <p:cNvPr id="32" name="Rectangle 31">
             <a:hlinkClick r:id="rId15"/>
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{40A4E1FE-37D9-4BD1-0187-B8C5CEB5CAA0}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{272C0A03-084E-F879-DD76-467250FBE6BE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6551229" y="11266882"/>
+            <a:off x="770622" y="14020109"/>
             <a:ext cx="5030330" cy="555109"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:ln>
-[...3 lines deleted...]
-          </a:ln>
+          <a:ln/>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0"/>
-              <a:t>Global Fund Administration &amp; Oversight</a:t>
-            </a:r>
+              <a:t>Putnam Client Representative </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="1" dirty="0"/>
+              <a:t>BOSTON, MA</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" i="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="35" name="Rectangle 34">
+          <p:cNvPr id="41" name="Rectangle 40">
             <a:hlinkClick r:id="rId16"/>
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EB88F129-8D32-CC06-3811-342D84EF6296}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3FF4576E-9EA3-9976-5C90-CA1699242ABC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="770622" y="13920432"/>
+            <a:off x="770622" y="16077536"/>
             <a:ext cx="5030330" cy="555109"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln/>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0"/>
-              <a:t>US Fund Admin &amp; Oversight</a:t>
+              <a:t>US Strategic Relationship Marketing </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="36" name="Rectangle 35">
+          <p:cNvPr id="43" name="Rectangle 42">
             <a:hlinkClick r:id="rId17"/>
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{95EAAD53-5B5D-01F4-0357-FB1846BE3CA6}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D9954329-F426-60D0-254B-5D7D6140F559}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="770622" y="14584563"/>
+            <a:off x="6551229" y="11975566"/>
             <a:ext cx="5030330" cy="555109"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:ln/>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="accent3"/>
+            </a:solidFill>
+          </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-US" b="1"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="en-US" b="1" dirty="0"/>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
+              <a:t>Global ETF Marketing</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="37" name="Rectangle 36">
+          <p:cNvPr id="44" name="Rectangle 43">
             <a:hlinkClick r:id="rId18"/>
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DA01A5E2-D0BB-6464-82B7-C63D2DF26F5F}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F48EA4E9-DE15-204C-3B1F-82C09CDD7B48}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="770622" y="15248694"/>
+            <a:off x="770622" y="16763345"/>
             <a:ext cx="5030330" cy="555109"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln/>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0"/>
-              <a:t>Corporate Fixed Income</a:t>
+              <a:t>Global Brand Engagement</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="38" name="Rectangle 37">
+          <p:cNvPr id="45" name="Rectangle 44">
             <a:hlinkClick r:id="rId19"/>
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2F8E2C5D-85CA-753E-F55A-9B951C9B41AB}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4A956C04-E407-CF25-77AA-89D488A1396C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="770622" y="15912825"/>
+            <a:off x="6551229" y="12675905"/>
             <a:ext cx="5030330" cy="555109"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:ln/>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="accent3"/>
+            </a:solidFill>
+          </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0"/>
-              <a:t>Technology Investment Operations (Data Science Applications) </a:t>
+              <a:t>Canada Marketing</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="39" name="Rectangle 38">
+          <p:cNvPr id="10" name="Rectangle 9">
             <a:hlinkClick r:id="rId20"/>
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D18D79D2-002D-0952-519F-02AD425EAC7D}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{05CB3561-9ED9-2AA7-2C63-070AF8D9E70E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="770622" y="16576956"/>
+            <a:off x="770622" y="13334300"/>
             <a:ext cx="5030330" cy="555109"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln/>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0"/>
-              <a:t>Technology Investment Operations (System &amp; Platform Architecture) </a:t>
+              <a:t>Technology Order Management Execution &amp; Compliance </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="17" name="Rectangle 16">
+          <p:cNvPr id="19" name="Rectangle 18">
             <a:hlinkClick r:id="rId21"/>
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B965BD4B-98EA-8FD4-E1D8-36915EA7F3BA}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{296E8E9A-578B-F929-A7F2-7278FDF6F3A9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6551229" y="11967222"/>
+            <a:off x="770622" y="17449154"/>
             <a:ext cx="5030330" cy="555109"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:ln>
-[...3 lines deleted...]
-          </a:ln>
+          <a:ln/>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0"/>
-              <a:t>Canada Institutional Sales</a:t>
+              <a:t>Fiduciary Trust Portfolio Management</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="23" name="Rectangle 22">
+          <p:cNvPr id="20" name="Rectangle 19">
             <a:hlinkClick r:id="rId22"/>
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{42E4BE40-92C8-3B91-DC0F-44ABD05E3C6A}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F8B95BC5-B927-1980-D84E-91F3FCD13A5F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6551229" y="12667562"/>
+            <a:off x="770622" y="18134960"/>
             <a:ext cx="5030330" cy="555109"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:ln>
-[...3 lines deleted...]
-          </a:ln>
+          <a:ln/>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0"/>
-              <a:t>Canada Retail Sales</a:t>
+              <a:t>Fiduciary Trust Data Production &amp; Document Management </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="25" name="Rectangle 24">
+          <p:cNvPr id="31" name="TextBox 30">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{731C0FD9-DDCB-487F-06B6-51C17E65D05A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6551229" y="16215196"/>
+            <a:ext cx="4846320" cy="400110"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>U.S. Internships – Law Students</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="42" name="Rectangle 41">
             <a:hlinkClick r:id="rId23"/>
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D3FE8EA3-B7E9-DF43-4B96-1B23C7ED7FC2}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F0B82296-CE80-B8B4-DBD6-BAC1AE567A0E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6551229" y="13367902"/>
+            <a:off x="6551229" y="16793810"/>
             <a:ext cx="5030330" cy="555109"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:solidFill>
-              <a:schemeClr val="accent3"/>
+              <a:schemeClr val="accent2"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0"/>
-              <a:t>Product Strategy &amp; Development</a:t>
+              <a:t>Legal Intern – Estate Administration</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="26" name="Rectangle 25">
+          <p:cNvPr id="46" name="Rectangle 45">
             <a:hlinkClick r:id="rId24"/>
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C24F3A8F-C338-C204-3BD8-751B05F0A7DF}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3E0EA549-BBBF-348F-3F6B-850B3B1CCA70}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="770622" y="17905218"/>
+            <a:off x="6551229" y="17513895"/>
             <a:ext cx="5030330" cy="555109"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:ln/>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="accent2"/>
+            </a:solidFill>
+          </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0"/>
-              <a:t>US Product</a:t>
+              <a:t>Legal Intern – Fiduciary Trust International of Delaware</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="28" name="Rectangle 27">
+          <p:cNvPr id="2" name="Rectangle 1">
             <a:hlinkClick r:id="rId25"/>
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6F6994DA-1990-FC34-A18D-DE2120A6FD1C}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3BA2462D-33E8-81F1-5456-269E9D73E45C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="770622" y="18569349"/>
+            <a:off x="770622" y="14705918"/>
             <a:ext cx="5030330" cy="555109"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln/>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0"/>
-              <a:t>US Institutional Sales</a:t>
-            </a:r>
+              <a:t>Franklin Templeton Client Representative</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="1" dirty="0"/>
+              <a:t>RANCHO CORDOVA, CA</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" b="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="30" name="Rectangle 29">
+          <p:cNvPr id="13" name="Rectangle 12">
             <a:hlinkClick r:id="rId26"/>
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{54BC9C5B-BB81-5519-F45F-EC816E0543B6}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E35D8335-A19B-33E5-9640-CF85D3CC64C5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="770622" y="19233480"/>
+            <a:off x="770622" y="15391727"/>
             <a:ext cx="5030330" cy="555109"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln/>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0"/>
-              <a:t>National Accounts</a:t>
-            </a:r>
+              <a:t>Franklin Templeton Client Representative </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="1" dirty="0"/>
+              <a:t>ST. PETERSBURG, FL </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="28" name="Straight Connector 27">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2F747155-4DFB-0528-CDF2-843FF3FDE407}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvCxnSpPr>
+            <a:cxnSpLocks/>
+          </p:cNvCxnSpPr>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="577645" y="22186952"/>
+            <a:ext cx="10958584" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent5"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent5"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent5"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="30" name="TextBox 29">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8282B339-E666-63C8-8892-21059D793477}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="607349" y="22371854"/>
+            <a:ext cx="10958584" cy="2092881"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="1200"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2000" b="1" i="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>Futures Program</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>The Futures Program is a two-year rotational development program designed to develop intellectually curious individuals as they begin their careers</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2000" dirty="0"/>
+              <a:t> in asset management</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>. Program participants, known as Futures Associates, gain valuable professional experience by collaborating with our global teams. We believe in inclusivity and authenticity, welcoming talent of all backgrounds to join us on this journey of learning and growth. </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2000" dirty="0">
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="32" name="Rectangle 31">
-            <a:hlinkClick r:id="rId27"/>
+          <p:cNvPr id="35" name="TextBox 34">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{272C0A03-084E-F879-DD76-467250FBE6BE}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DF3A8704-8113-53FE-5DF6-49384ACDFCC7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="770622" y="19897611"/>
-[...20 lines deleted...]
-        </p:style>
+            <a:off x="1870369" y="24554386"/>
+            <a:ext cx="7956083" cy="646331"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t">
+            <a:spAutoFit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-US" b="1" dirty="0"/>
-[...44 lines deleted...]
-          <a:lstStyle/>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>The 2026 Futures Program has been filled. </a:t>
+            </a:r>
+          </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-US" b="1" dirty="0"/>
-[...253 lines deleted...]
-              <a:t>Technology Order Management Execution &amp; Compliance </a:t>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>We will begin recruitment for our 2027 Class in September 2026.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1292230222"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Theme2">
   <a:themeElements>
     <a:clrScheme name="FT Color Palette">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
@@ -49826,118 +49611,118 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="c8b77086-8006-42f9-a2d3-3337121f5f5d" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="f11acd25-04ee-49a9-bfe9-744945d8b7f1">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
-</file>
-[...7 lines deleted...]
-</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{96A1CA61-79C0-431F-A75A-04118843CBC1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="f11acd25-04ee-49a9-bfe9-744945d8b7f1"/>
     <ds:schemaRef ds:uri="c8b77086-8006-42f9-a2d3-3337121f5f5d"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F6D90394-C69D-4B63-9B4F-1423F17C4752}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4AA6ED3C-17FF-4A1C-9EC0-5A380A333E76}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="f11acd25-04ee-49a9-bfe9-744945d8b7f1"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="c8b77086-8006-42f9-a2d3-3337121f5f5d"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Theme2</Template>
   <TotalTime></TotalTime>
-  <Words>353</Words>
+  <Words>437</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Custom</PresentationFormat>
   <Paragraphs>41</Paragraphs>
   <Slides>1</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>