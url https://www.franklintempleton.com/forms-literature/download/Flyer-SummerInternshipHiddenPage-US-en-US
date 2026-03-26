--- v1 (2026-03-06)
+++ v2 (2026-03-26)
@@ -64,50 +64,51 @@
   <Override PartName="/ppt/slideLayouts/slideLayout45.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout46.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout47.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout48.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout49.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout50.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout51.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout52.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout53.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout54.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout55.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout56.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout57.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout58.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout59.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout60.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout61.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout62.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout63.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout64.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout65.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout66.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout67.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout68.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/changesInfos/changesInfo1.xml" ContentType="application/vnd.ms-powerpoint.changesinfo+xml"/>
+  <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483672" r:id="rId4"/>
   </p:sldMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="257" r:id="rId5"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="27432000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="en-US"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
@@ -219,266 +220,194 @@
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
       </p15:sldGuideLst>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
+<file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<p1510:revInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p1510="http://schemas.microsoft.com/office/powerpoint/2015/10/main">
+  <p1510:revLst>
+    <p1510:client id="{F1617B04-A7BE-44A5-9F1E-AA49BCA5C85A}" v="2" dt="2026-03-19T14:28:27.983"/>
+  </p1510:revLst>
+</p1510:revInfo>
+</file>
+
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
     <p:restoredLeft sz="15987" autoAdjust="0"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0" showGuides="1">
       <p:cViewPr>
         <p:scale>
           <a:sx n="70" d="100"/>
           <a:sy n="70" d="100"/>
         </p:scale>
-        <p:origin x="484" y="-4104"/>
+        <p:origin x="2094" y="-3684"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="8880"/>
         <p:guide pos="3840"/>
         <p:guide orient="horz" pos="7968"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId11" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/></Relationships>
 </file>
 
 <file path=ppt/changesInfos/changesInfo1.xml><?xml version="1.0" encoding="utf-8"?>
 <pc:chgInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:ac="http://schemas.microsoft.com/office/drawing/2013/main/command" xmlns:pc="http://schemas.microsoft.com/office/powerpoint/2013/main/command">
   <pc:docChgLst>
     <pc:chgData name="Calambro, Chelsea" userId="14c0b7dd-30a6-4475-af42-0564adb20ab7" providerId="ADAL" clId="{36A1F924-3E4D-4675-B047-65188A7DB31D}"/>
     <pc:docChg chg="custSel modSld">
-      <pc:chgData name="Calambro, Chelsea" userId="14c0b7dd-30a6-4475-af42-0564adb20ab7" providerId="ADAL" clId="{36A1F924-3E4D-4675-B047-65188A7DB31D}" dt="2026-03-05T22:03:57.593" v="162" actId="1036"/>
+      <pc:chgData name="Calambro, Chelsea" userId="14c0b7dd-30a6-4475-af42-0564adb20ab7" providerId="ADAL" clId="{36A1F924-3E4D-4675-B047-65188A7DB31D}" dt="2026-03-19T15:15:18.541" v="34" actId="1036"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
-      <pc:sldChg chg="delSp modSp mod">
-        <pc:chgData name="Calambro, Chelsea" userId="14c0b7dd-30a6-4475-af42-0564adb20ab7" providerId="ADAL" clId="{36A1F924-3E4D-4675-B047-65188A7DB31D}" dt="2026-03-05T22:03:57.593" v="162" actId="1036"/>
+      <pc:sldChg chg="addSp delSp modSp mod">
+        <pc:chgData name="Calambro, Chelsea" userId="14c0b7dd-30a6-4475-af42-0564adb20ab7" providerId="ADAL" clId="{36A1F924-3E4D-4675-B047-65188A7DB31D}" dt="2026-03-19T15:15:18.541" v="34" actId="1036"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1292230222" sldId="257"/>
         </pc:sldMkLst>
         <pc:spChg chg="mod">
-          <ac:chgData name="Calambro, Chelsea" userId="14c0b7dd-30a6-4475-af42-0564adb20ab7" providerId="ADAL" clId="{36A1F924-3E4D-4675-B047-65188A7DB31D}" dt="2026-03-04T19:15:51.171" v="82" actId="465"/>
+          <ac:chgData name="Calambro, Chelsea" userId="14c0b7dd-30a6-4475-af42-0564adb20ab7" providerId="ADAL" clId="{36A1F924-3E4D-4675-B047-65188A7DB31D}" dt="2026-03-19T15:15:18.541" v="34" actId="1036"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="1292230222" sldId="257"/>
             <ac:spMk id="2" creationId="{3BA2462D-33E8-81F1-5456-269E9D73E45C}"/>
           </ac:spMkLst>
         </pc:spChg>
         <pc:spChg chg="mod">
-          <ac:chgData name="Calambro, Chelsea" userId="14c0b7dd-30a6-4475-af42-0564adb20ab7" providerId="ADAL" clId="{36A1F924-3E4D-4675-B047-65188A7DB31D}" dt="2026-03-04T19:15:51.171" v="82" actId="465"/>
+          <ac:chgData name="Calambro, Chelsea" userId="14c0b7dd-30a6-4475-af42-0564adb20ab7" providerId="ADAL" clId="{36A1F924-3E4D-4675-B047-65188A7DB31D}" dt="2026-03-19T15:15:18.541" v="34" actId="1036"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="1292230222" sldId="257"/>
             <ac:spMk id="10" creationId="{05CB3561-9ED9-2AA7-2C63-070AF8D9E70E}"/>
           </ac:spMkLst>
         </pc:spChg>
         <pc:spChg chg="mod">
-          <ac:chgData name="Calambro, Chelsea" userId="14c0b7dd-30a6-4475-af42-0564adb20ab7" providerId="ADAL" clId="{36A1F924-3E4D-4675-B047-65188A7DB31D}" dt="2026-03-04T19:15:51.171" v="82" actId="465"/>
+          <ac:chgData name="Calambro, Chelsea" userId="14c0b7dd-30a6-4475-af42-0564adb20ab7" providerId="ADAL" clId="{36A1F924-3E4D-4675-B047-65188A7DB31D}" dt="2026-03-19T15:15:18.541" v="34" actId="1036"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="1292230222" sldId="257"/>
             <ac:spMk id="13" creationId="{E35D8335-A19B-33E5-9640-CF85D3CC64C5}"/>
           </ac:spMkLst>
         </pc:spChg>
-        <pc:spChg chg="del">
-          <ac:chgData name="Calambro, Chelsea" userId="14c0b7dd-30a6-4475-af42-0564adb20ab7" providerId="ADAL" clId="{36A1F924-3E4D-4675-B047-65188A7DB31D}" dt="2026-03-05T21:54:47.809" v="85" actId="478"/>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Calambro, Chelsea" userId="14c0b7dd-30a6-4475-af42-0564adb20ab7" providerId="ADAL" clId="{36A1F924-3E4D-4675-B047-65188A7DB31D}" dt="2026-03-19T15:15:18.541" v="34" actId="1036"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="1292230222" sldId="257"/>
-            <ac:spMk id="17" creationId="{B965BD4B-98EA-8FD4-E1D8-36915EA7F3BA}"/>
+            <ac:spMk id="17" creationId="{DAEE6C9F-3E45-AF44-48F6-DB27E2154E79}"/>
           </ac:spMkLst>
         </pc:spChg>
         <pc:spChg chg="mod">
-          <ac:chgData name="Calambro, Chelsea" userId="14c0b7dd-30a6-4475-af42-0564adb20ab7" providerId="ADAL" clId="{36A1F924-3E4D-4675-B047-65188A7DB31D}" dt="2026-03-04T19:15:51.171" v="82" actId="465"/>
+          <ac:chgData name="Calambro, Chelsea" userId="14c0b7dd-30a6-4475-af42-0564adb20ab7" providerId="ADAL" clId="{36A1F924-3E4D-4675-B047-65188A7DB31D}" dt="2026-03-19T15:15:18.541" v="34" actId="1036"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="1292230222" sldId="257"/>
-            <ac:spMk id="19" creationId="{296E8E9A-578B-F929-A7F2-7278FDF6F3A9}"/>
+            <ac:spMk id="19" creationId="{4B645443-9E8F-CFD2-E2F0-0F3400E979F9}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="add mod">
+          <ac:chgData name="Calambro, Chelsea" userId="14c0b7dd-30a6-4475-af42-0564adb20ab7" providerId="ADAL" clId="{36A1F924-3E4D-4675-B047-65188A7DB31D}" dt="2026-03-19T15:15:18.541" v="34" actId="1036"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="1292230222" sldId="257"/>
+            <ac:spMk id="20" creationId="{E56B4773-00FB-FF7D-5FCC-D29C139F2AF1}"/>
           </ac:spMkLst>
         </pc:spChg>
         <pc:spChg chg="mod">
-          <ac:chgData name="Calambro, Chelsea" userId="14c0b7dd-30a6-4475-af42-0564adb20ab7" providerId="ADAL" clId="{36A1F924-3E4D-4675-B047-65188A7DB31D}" dt="2026-03-04T19:15:48.331" v="81" actId="552"/>
+          <ac:chgData name="Calambro, Chelsea" userId="14c0b7dd-30a6-4475-af42-0564adb20ab7" providerId="ADAL" clId="{36A1F924-3E4D-4675-B047-65188A7DB31D}" dt="2026-03-19T15:15:18.541" v="34" actId="1036"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="1292230222" sldId="257"/>
-            <ac:spMk id="20" creationId="{F8B95BC5-B927-1980-D84E-91F3FCD13A5F}"/>
+            <ac:spMk id="23" creationId="{9F14D1ED-1D33-02FD-FEC5-60A87078A8BF}"/>
           </ac:spMkLst>
         </pc:spChg>
         <pc:spChg chg="mod">
-          <ac:chgData name="Calambro, Chelsea" userId="14c0b7dd-30a6-4475-af42-0564adb20ab7" providerId="ADAL" clId="{36A1F924-3E4D-4675-B047-65188A7DB31D}" dt="2026-03-05T22:03:57.593" v="162" actId="1036"/>
-[...31 lines deleted...]
-          <ac:chgData name="Calambro, Chelsea" userId="14c0b7dd-30a6-4475-af42-0564adb20ab7" providerId="ADAL" clId="{36A1F924-3E4D-4675-B047-65188A7DB31D}" dt="2026-03-04T19:15:51.171" v="82" actId="465"/>
+          <ac:chgData name="Calambro, Chelsea" userId="14c0b7dd-30a6-4475-af42-0564adb20ab7" providerId="ADAL" clId="{36A1F924-3E4D-4675-B047-65188A7DB31D}" dt="2026-03-19T15:15:18.541" v="34" actId="1036"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="1292230222" sldId="257"/>
             <ac:spMk id="32" creationId="{272C0A03-084E-F879-DD76-467250FBE6BE}"/>
           </ac:spMkLst>
         </pc:spChg>
         <pc:spChg chg="del">
-          <ac:chgData name="Calambro, Chelsea" userId="14c0b7dd-30a6-4475-af42-0564adb20ab7" providerId="ADAL" clId="{36A1F924-3E4D-4675-B047-65188A7DB31D}" dt="2026-03-05T21:54:44.742" v="84" actId="478"/>
-[...15 lines deleted...]
-          <ac:chgData name="Calambro, Chelsea" userId="14c0b7dd-30a6-4475-af42-0564adb20ab7" providerId="ADAL" clId="{36A1F924-3E4D-4675-B047-65188A7DB31D}" dt="2026-03-04T19:15:51.171" v="82" actId="465"/>
+          <ac:chgData name="Calambro, Chelsea" userId="14c0b7dd-30a6-4475-af42-0564adb20ab7" providerId="ADAL" clId="{36A1F924-3E4D-4675-B047-65188A7DB31D}" dt="2026-03-19T15:15:12.072" v="9" actId="478"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="1292230222" sldId="257"/>
             <ac:spMk id="38" creationId="{2F8E2C5D-85CA-753E-F55A-9B951C9B41AB}"/>
           </ac:spMkLst>
         </pc:spChg>
         <pc:spChg chg="mod">
-          <ac:chgData name="Calambro, Chelsea" userId="14c0b7dd-30a6-4475-af42-0564adb20ab7" providerId="ADAL" clId="{36A1F924-3E4D-4675-B047-65188A7DB31D}" dt="2026-03-04T19:15:51.171" v="82" actId="465"/>
+          <ac:chgData name="Calambro, Chelsea" userId="14c0b7dd-30a6-4475-af42-0564adb20ab7" providerId="ADAL" clId="{36A1F924-3E4D-4675-B047-65188A7DB31D}" dt="2026-03-19T15:15:18.541" v="34" actId="1036"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="1292230222" sldId="257"/>
             <ac:spMk id="39" creationId="{D18D79D2-002D-0952-519F-02AD425EAC7D}"/>
-          </ac:spMkLst>
-[...38 lines deleted...]
-            <ac:spMk id="45" creationId="{4A956C04-E407-CF25-77AA-89D488A1396C}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
 </pc:chgInfo>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.svg"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -44371,51 +44300,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master subtitle style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{F0D82377-0490-429C-8ACD-283A4BCF94DC}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>3/3/2026</a:t>
+              <a:t>3/19/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -46734,51 +46663,51 @@
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
   <p:extLst>
     <p:ext uri="{27BBF7A9-308A-43DC-89C8-2F10F3537804}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
         <p15:guide id="1" orient="horz" pos="2160">
           <p15:clr>
             <a:srgbClr val="F26B43"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="2" pos="3839">
           <p15:clr>
             <a:srgbClr val="F26B43"/>
           </p15:clr>
         </p15:guide>
       </p15:sldGuideLst>
     </p:ext>
   </p:extLst>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/franklintempleton" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://franklintempleton.wd5.myworkdayjobs.com/Invitation-Only/job/Ft-Lauderdale-Florida-United-States-of-America/FTT-Investment-Operations_866076" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://franklintempleton.wd5.myworkdayjobs.com/Invitation-Only/job/Rancho-Cordova-California-United-States-of-America/Global-Brand-Engagement_866608" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://franklintempleton.wd5.myworkdayjobs.com/Invitation-Only/job/St-Petersburg-Florida-United-States-of-America/FT-Client-Representative--Global-Shareholder-Services_866847" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://franklintempleton.wd5.myworkdayjobs.com/Invitation-Only/job/New-York-City-New-York-United-States-of-America/Undergrad-Intern---Fiduciary-Trust-Portfolio-Management_866698" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.franklintempletoncareers.com/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://franklintempleton.wd5.myworkdayjobs.com/Invitation-Only/job/Ft-Lauderdale-Florida-United-States-of-America/FTT-Investment-Operations_866057" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://franklintempleton.wd5.myworkdayjobs.com/Invitation-Only/job/Toronto-Ontario-Canada/Global-ETF-Marketing_866583" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://franklintempleton.wd5.myworkdayjobs.com/Invitation-Only/job/Rancho-Cordova-California-United-States-of-America/Undergrad-Intern---Client-Representative--Global-Shareholder-Services_866843" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://franklintempleton.wd5.myworkdayjobs.com/Invitation-Only/job/Stamford-Connecticut-United-States-of-America/US-Strategic-Relationship-Marketing_866584" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://franklintempleton.wd5.myworkdayjobs.com/Invitation-Only/job/San-Mateo-California-United-States-of-America/Technology-Order-Management-Execution---Compliance_866311" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout68.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://franklintempleton.wd5.myworkdayjobs.com/Invitation-Only/job/USA-CHI155-Chicago/Corporate-Fixed-Income---Undergrad-Intern_866039" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://franklintempleton.wd5.myworkdayjobs.com/Invitation-Only/job/Wilmington-Delaware-United-States-of-America/Legal-Intern---Fiduciary-Trust-International-of-Delaware_866710" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://players.brightcove.net/627971142001/qtIIgIbx1_default/index.html?videoId=6339990278112" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://franklintempleton.wd5.myworkdayjobs.com/Primary-External-1/job/Massachusetts-United-States-of-America/Putnam-Transfer-Agency---Investor-Services-Internship_866454-1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://franklintempleton.wd5.myworkdayjobs.com/Invitation-Only/job/New-York-City-New-York-United-States-of-America/Legal-Intern---Estate-Administration_866709" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://franklintempleton.wd5.myworkdayjobs.com/Invitation-Only/job/Toronto-Ontario-Canada/Canada-Marketing_866612" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.linkedin.com/company/franklin-templeton/posts/?feedView=all" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://franklintempleton.wd5.myworkdayjobs.com/Invitation-Only/job/Toronto-Ontario-Canada/Canada-Retail-Sales_866301" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://franklintempleton.wd5.myworkdayjobs.com/Invitation-Only/job/St-Petersburg-Florida-United-States-of-America/Undergrad-Intern---Fiduciary-Trust-Data-Production---Document-Management_866701" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/franklintempleton" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://franklintempleton.wd5.myworkdayjobs.com/Invitation-Only/job/Toronto-Ontario-Canada/Canada-Marketing_866612" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://franklintempleton.wd5.myworkdayjobs.com/Invitation-Only/job/New-York-City-New-York-United-States-of-America/FTT-Investment-Technology-Solutions--Western-Asset-Attribution_866852" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.franklintempletoncareers.com/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://franklintempleton.wd5.myworkdayjobs.com/Primary-External-1/job/Massachusetts-United-States-of-America/Putnam-Transfer-Agency---Investor-Services-Internship_866454-1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://franklintempleton.wd5.myworkdayjobs.com/Invitation-Only/job/St-Petersburg-Florida-United-States-of-America/Talent-Acquisition-Programs_867104" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://franklintempleton.wd5.myworkdayjobs.com/Invitation-Only/job/St-Petersburg-Florida-United-States-of-America/FT-Client-Representative--Global-Shareholder-Services_866847" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://franklintempleton.wd5.myworkdayjobs.com/Invitation-Only/job/Stamford-Connecticut-United-States-of-America/O-Shaughnessy-Asset-Management-Client-Service-and-Sales-Internship_867143" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout68.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://franklintempleton.wd5.myworkdayjobs.com/Invitation-Only/job/Ft-Lauderdale-Florida-United-States-of-America/FTT-Investment-Operations_866076" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://players.brightcove.net/627971142001/qtIIgIbx1_default/index.html?videoId=6339990278112" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://franklintempleton.wd5.myworkdayjobs.com/Invitation-Only/job/Rancho-Cordova-California-United-States-of-America/Undergrad-Intern---Client-Representative--Global-Shareholder-Services_866843" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://franklintempleton.wd5.myworkdayjobs.com/Invitation-Only/job/Boston-Massachusetts-United-States-of-America/Global-ETF-Marketing_866583" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.linkedin.com/company/franklin-templeton/posts/?feedView=all" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://franklintempleton.wd5.myworkdayjobs.com/Invitation-Only/job/San-Mateo-California-United-States-of-America/Technology-Order-Management-Execution---Compliance_866311" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A2889DE0-D212-1043-1B61-FBCB17865247}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
@@ -47946,876 +47875,330 @@
           <a:xfrm>
             <a:off x="6700231" y="10644771"/>
             <a:ext cx="4846320" cy="400110"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" sz="2000" b="1" u="sng" dirty="0"/>
               <a:t>Canada Internships</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="37" name="Rectangle 36">
+          <p:cNvPr id="39" name="Rectangle 38">
             <a:hlinkClick r:id="rId11"/>
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DA01A5E2-D0BB-6464-82B7-C63D2DF26F5F}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D18D79D2-002D-0952-519F-02AD425EAC7D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="770622" y="11276873"/>
+            <a:off x="770622" y="11338304"/>
             <a:ext cx="5030330" cy="555109"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln/>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0"/>
-              <a:t>Corporate Fixed Income</a:t>
+              <a:t>Technology Investment Operations (System &amp; Platform Architecture) </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="38" name="Rectangle 37">
+          <p:cNvPr id="32" name="Rectangle 31">
             <a:hlinkClick r:id="rId12"/>
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2F8E2C5D-85CA-753E-F55A-9B951C9B41AB}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{272C0A03-084E-F879-DD76-467250FBE6BE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="770622" y="11962682"/>
+            <a:off x="770622" y="12709922"/>
             <a:ext cx="5030330" cy="555109"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln/>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0"/>
-              <a:t>Technology Investment Operations (Data Science Applications) </a:t>
-            </a:r>
+              <a:t>Putnam Client Representative </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="1" dirty="0"/>
+              <a:t>BOSTON, MA</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" i="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="39" name="Rectangle 38">
+          <p:cNvPr id="45" name="Rectangle 44">
             <a:hlinkClick r:id="rId13"/>
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D18D79D2-002D-0952-519F-02AD425EAC7D}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4A956C04-E407-CF25-77AA-89D488A1396C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="770622" y="12648491"/>
+            <a:off x="6551229" y="11301312"/>
             <a:ext cx="5030330" cy="555109"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:ln/>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="accent3"/>
+            </a:solidFill>
+          </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0"/>
-              <a:t>Technology Investment Operations (System &amp; Platform Architecture) </a:t>
+              <a:t>Canada Marketing</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="23" name="Rectangle 22">
+          <p:cNvPr id="10" name="Rectangle 9">
             <a:hlinkClick r:id="rId14"/>
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{42E4BE40-92C8-3B91-DC0F-44ABD05E3C6A}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{05CB3561-9ED9-2AA7-2C63-070AF8D9E70E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6551229" y="11302776"/>
+            <a:off x="770622" y="12024113"/>
             <a:ext cx="5030330" cy="555109"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:ln>
-[...3 lines deleted...]
-          </a:ln>
+          <a:ln/>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0"/>
-              <a:t>Canada Retail Sales</a:t>
+              <a:t>Technology Order Management Execution &amp; Compliance </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="32" name="Rectangle 31">
+          <p:cNvPr id="2" name="Rectangle 1">
             <a:hlinkClick r:id="rId15"/>
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{272C0A03-084E-F879-DD76-467250FBE6BE}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3BA2462D-33E8-81F1-5456-269E9D73E45C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="770622" y="14020109"/>
+            <a:off x="770622" y="13395731"/>
             <a:ext cx="5030330" cy="555109"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln/>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0"/>
-              <a:t>Putnam Client Representative </a:t>
-[...552 lines deleted...]
-              <a:rPr lang="en-US" b="1" dirty="0"/>
               <a:t>Franklin Templeton Client Representative</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1100" i="1" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200" i="1" dirty="0"/>
               <a:t>RANCHO CORDOVA, CA</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" b="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="13" name="Rectangle 12">
-            <a:hlinkClick r:id="rId26"/>
+            <a:hlinkClick r:id="rId16"/>
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E35D8335-A19B-33E5-9640-CF85D3CC64C5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="770622" y="15391727"/>
+            <a:off x="770622" y="14081540"/>
             <a:ext cx="5030330" cy="555109"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln/>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
@@ -48958,50 +48341,253 @@
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0">
                 <a:latin typeface="+mj-lt"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>The 2026 Futures Program has been filled. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0">
                 <a:latin typeface="+mj-lt"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>We will begin recruitment for our 2027 Class in September 2026.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="17" name="Rectangle 16">
+            <a:hlinkClick r:id="rId17"/>
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DAEE6C9F-3E45-AF44-48F6-DB27E2154E79}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="770622" y="16182896"/>
+            <a:ext cx="5030330" cy="555109"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln/>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="lt1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="dk1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
+              <a:t>HR Talent Acquisition Programs</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="19" name="Rectangle 18">
+            <a:hlinkClick r:id="rId18"/>
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4B645443-9E8F-CFD2-E2F0-0F3400E979F9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="770622" y="15482444"/>
+            <a:ext cx="5030330" cy="555109"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln/>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="lt1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="dk1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
+              <a:t>Western Asset Investment Technology Solutions</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="23" name="Rectangle 22">
+            <a:hlinkClick r:id="rId19"/>
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9F14D1ED-1D33-02FD-FEC5-60A87078A8BF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="770622" y="14781992"/>
+            <a:ext cx="5030330" cy="555109"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln/>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="lt1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="dk1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
+              <a:t>Global ETF Marketing</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="20" name="Rectangle 19">
+            <a:hlinkClick r:id="rId20"/>
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E56B4773-00FB-FF7D-5FCC-D29C139F2AF1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="770622" y="16890835"/>
+            <a:ext cx="5030330" cy="555109"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln/>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="lt1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="dk1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
+              <a:t>O'Shaughnessy Asset Management:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
+              <a:t> Client Service and Sales</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1292230222"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Theme2">
   <a:themeElements>
     <a:clrScheme name="FT Color Palette">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
@@ -49356,50 +48942,59 @@
     <a:custClr name="BLANK">
       <a:srgbClr val="FFFFFF"/>
     </a:custClr>
   </a:custClrLst>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Theme2" id="{BA53008C-B06D-40FB-9027-A17A12CFCBA6}" vid="{127259DC-0A13-442E-A0E5-753F5ECAF0AA}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000B05AD067C551C4C8CAE70BF15D91074" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="948bc3325bba639cc5d527aa40e58985">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="f11acd25-04ee-49a9-bfe9-744945d8b7f1" xmlns:ns3="c8b77086-8006-42f9-a2d3-3337121f5f5d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="bc7aeab299bc32ffe2e12362d3f1e498" ns2:_="" ns3:_="">
     <xsd:import namespace="f11acd25-04ee-49a9-bfe9-744945d8b7f1"/>
     <xsd:import namespace="c8b77086-8006-42f9-a2d3-3337121f5f5d"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
@@ -49610,122 +49205,113 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="c8b77086-8006-42f9-a2d3-3337121f5f5d" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="f11acd25-04ee-49a9-bfe9-744945d8b7f1">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F6D90394-C69D-4B63-9B4F-1423F17C4752}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{96A1CA61-79C0-431F-A75A-04118843CBC1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="f11acd25-04ee-49a9-bfe9-744945d8b7f1"/>
     <ds:schemaRef ds:uri="c8b77086-8006-42f9-a2d3-3337121f5f5d"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4AA6ED3C-17FF-4A1C-9EC0-5A380A333E76}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="f11acd25-04ee-49a9-bfe9-744945d8b7f1"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="c8b77086-8006-42f9-a2d3-3337121f5f5d"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Theme2</Template>
   <TotalTime></TotalTime>
-  <Words>437</Words>
+  <Words>402</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Custom</PresentationFormat>
-  <Paragraphs>41</Paragraphs>
+  <Paragraphs>35</Paragraphs>
   <Slides>1</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>