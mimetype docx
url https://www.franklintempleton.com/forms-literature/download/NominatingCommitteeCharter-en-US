--- v0 (2025-11-17)
+++ v1 (2026-03-21)
@@ -58,436 +58,423 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="6F8A6BCE" w14:textId="77777777" w:rsidR="00480796" w:rsidRDefault="00480796">
       <w:pPr>
         <w:pStyle w:val="BlockTextSglJ"/>
       </w:pPr>
       <w:r>
         <w:t>The Nominating Committee of each registered investment company listed on Appendix A hereto (each, a “Fund” and together, the “Funds”) shall be composed solely of Directors who are not “interested persons” of the Fund as defined in Section 2(a)(19) of the Investment Company Act of 1940, as amended (the “1940 Act”) and, with respect to those Funds listed on the New York Stock Exchange, who are “independent” as defined in the New York Stock Exchange listing standards (“Independent Directors”).  The Board of Directors of the Fund (the “Board”) shall nominate the members of the Committee and shall designate the Chairperson of the Committee.  The Chairperson shall preside at each meeting of the Committee.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C56B593" w14:textId="77777777" w:rsidR="00480796" w:rsidRDefault="00480796">
       <w:pPr>
         <w:pStyle w:val="TitleL"/>
         <w:keepNext/>
       </w:pPr>
       <w:r>
         <w:t>Responsibilities</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15808612" w14:textId="77777777" w:rsidR="00480796" w:rsidRDefault="00480796">
       <w:pPr>
         <w:pStyle w:val="BlockTextSglJ"/>
         <w:keepNext/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">The Committee shall select and nominate </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> for election or appointment by the Board as Directors of the Fund.</w:t>
+        <w:t>The Committee shall select and nominate persons for election or appointment by the Board as Directors of the Fund.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EA426D1" w14:textId="77777777" w:rsidR="00480796" w:rsidRDefault="00480796">
       <w:pPr>
         <w:pStyle w:val="TitleL"/>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>Evaluation</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> of Potential Nominees</w:t>
+        <w:t>Evaluation of Potential Nominees</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A722EA9" w14:textId="77777777" w:rsidR="00480796" w:rsidRDefault="00480796">
       <w:pPr>
         <w:pStyle w:val="BlockTextSglJ"/>
       </w:pPr>
       <w:r>
         <w:t>In evaluating a person as a potential nominee to serve as a Director of the Fund, the Committee should consider among other factors it may deem relevant:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09750AA6" w14:textId="77777777" w:rsidR="00480796" w:rsidRDefault="00480796">
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">whether or not the person is an “interested person” as defined in the 1940 Act and whether the person is otherwise qualified under applicable laws and regulations to serve as a Director of the </w:t>
+        <w:t>whether or not the person is an “interested person” as defined in the 1940 Act and whether the person is otherwise qualified under applicable laws and regulations to serve as a Director of the Fund;</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...3 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="6A264284" w14:textId="77777777" w:rsidR="00480796" w:rsidRDefault="00480796">
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">whether or not the person has any relationships that might impair his or her independence, such as any business, financial or family relationships with Fund management, the investment manager of the Fund, other Fund service providers or their </w:t>
+        <w:t>whether or not the person has any relationships that might impair his or her independence, such as any business, financial or family relationships with Fund management, the investment manager of the Fund, other Fund service providers or their affiliates;</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...3 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="58D2B557" w14:textId="77777777" w:rsidR="00480796" w:rsidRDefault="00480796">
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">whether or not the person serves on </w:t>
+        <w:t>whether or not the person serves on boards of, or is otherwise affiliated with, competing financial service organizations or their related mutual fund complexes;</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...11 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="2683C052" w14:textId="77777777" w:rsidR="00480796" w:rsidRDefault="00480796">
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">whether or not the person is willing to serve, and willing and able to commit the time necessary for the performance of the duties of a Director of the </w:t>
+        <w:t>whether or not the person is willing to serve, and willing and able to commit the time necessary for the performance of the duties of a Director of the Fund;</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...3 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="2775CAFA" w14:textId="77777777" w:rsidR="00480796" w:rsidRDefault="00480796">
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>the contribution which the person can make to the Board and the Fund (or, if the person has previously served as a Director of the Fund, the contribution which the person made to the Board during his or her previous term of service), with consideration being given to the person’s business and professional experience, education and such other factors as the Committee may consider relevant;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CF8B3B5" w14:textId="77777777" w:rsidR="00480796" w:rsidRDefault="00480796">
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>the character and integrity of the person; and</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C130D42" w14:textId="77777777" w:rsidR="00480796" w:rsidRDefault="00480796">
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>whether</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> or not the selection and nomination of the person would be consistent with the requirements of the Fund’s retirement policies.</w:t>
+        <w:t>whether or not the selection and nomination of the person would be consistent with the requirements of the Fund’s retirement policies.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21F06309" w14:textId="48CA21CE" w:rsidR="00480796" w:rsidRDefault="00480796">
       <w:pPr>
         <w:pStyle w:val="BlockTextSglJ"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">While the Committee is solely responsible for the selection and nomination of Directors, the Committee may consider nominees recommended by Fund stockholders as it deems appropriate.  Stockholders who wish to recommend a nominee should send nominations to the Secretary of the Fund that include all information relating to such person that is required to be disclosed in </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> of proxies for the election of Directors.  The recommendation must be accompanied by a written consent of the individual to stand for election if nominated by the Board of Directors and to serve if elected by the stockholders.</w:t>
+        <w:t>While the Committee is solely responsible for the selection and nomination of Directors, the Committee may consider nominees recommended by Fund stockholders as it deems appropriate.  Stockholders who wish to recommend a nominee should send nominations to the Secretary of the Fund that include all information relating to such person that is required to be disclosed in solicitations of proxies for the election of Directors.  The recommendation must be accompanied by a written consent of the individual to stand for election if nominated by the Board of Directors and to serve if elected by the stockholders.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E1423BE" w14:textId="77777777" w:rsidR="00480796" w:rsidRDefault="00480796">
       <w:pPr>
         <w:pStyle w:val="TitleL"/>
       </w:pPr>
       <w:r>
         <w:t>Quorum</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05ABF0D7" w14:textId="77777777" w:rsidR="00480796" w:rsidRDefault="00480796">
       <w:pPr>
         <w:pStyle w:val="BlockTextSglJ"/>
       </w:pPr>
       <w:r>
         <w:t>A majority of the members of the Committee shall constitute a quorum for the transaction of business, and the act of a majority of the members of the Committee present at any meeting at which there is a quorum shall be the act of the Committee.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30432027" w14:textId="77777777" w:rsidR="00480796" w:rsidRDefault="00480796">
       <w:pPr>
         <w:pStyle w:val="TitleL"/>
       </w:pPr>
       <w:r>
         <w:t>Nomination of Directors</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A354CEA" w14:textId="77777777" w:rsidR="00480796" w:rsidRDefault="00480796">
       <w:pPr>
         <w:pStyle w:val="BlockTextSglJ"/>
       </w:pPr>
       <w:r>
         <w:t>After a determination by the Committee that a person should be selected and nominated as a Director of the Fund, the Committee shall present its recommendation to the Board for its consideration.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09D47132" w14:textId="77777777" w:rsidR="00480796" w:rsidRDefault="00480796">
       <w:pPr>
         <w:pStyle w:val="TitleL"/>
       </w:pPr>
       <w:r>
         <w:t>Meetings</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="360749E1" w14:textId="77777777" w:rsidR="00480796" w:rsidRDefault="00480796">
       <w:pPr>
         <w:pStyle w:val="BlockTextSglJ"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">The Committee may meet either on its own or in conjunction with meetings of the Board.  Meetings of the Committee may be held in person, video conference or by conference telephone.  The Committee may </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> by unanimous written consent in lieu of a meeting.</w:t>
+        <w:t>The Committee may meet either on its own or in conjunction with meetings of the Board.  Meetings of the Committee may be held in person, video conference or by conference telephone.  The Committee may take action by unanimous written consent in lieu of a meeting.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50AA17DA" w14:textId="77777777" w:rsidR="00480796" w:rsidRDefault="00480796">
       <w:pPr>
         <w:pStyle w:val="BlockTextSglJ"/>
       </w:pPr>
       <w:r>
-        <w:t>Adopted</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> 1</w:t>
+        <w:t>Adopted:  February 1</w:t>
       </w:r>
       <w:r w:rsidR="00E02EC9">
         <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:t>, 200</w:t>
       </w:r>
       <w:r w:rsidR="00E02EC9">
         <w:t>7</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0939A978" w14:textId="77777777" w:rsidR="00F23230" w:rsidRPr="00F23230" w:rsidRDefault="00480796" w:rsidP="00F23230">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidR="00F23230" w:rsidRPr="00F23230">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Appendix A</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04272382" w14:textId="636FF507" w:rsidR="00F23230" w:rsidRPr="00F23230" w:rsidRDefault="00F23230" w:rsidP="00F23230">
+    <w:p w14:paraId="04272382" w14:textId="1701F3E8" w:rsidR="00F23230" w:rsidRPr="00F23230" w:rsidRDefault="00F23230" w:rsidP="00F23230">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F23230">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">amended as of February </w:t>
       </w:r>
       <w:r w:rsidR="00DD2916">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="003011AE">
+      <w:r w:rsidR="00AB38AC">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>2</w:t>
+        <w:t>0</w:t>
       </w:r>
       <w:r w:rsidRPr="00F23230">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>, 202</w:t>
       </w:r>
-      <w:r w:rsidR="003011AE">
+      <w:r w:rsidR="00AB38AC">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C89ED91" w14:textId="77777777" w:rsidR="00F23230" w:rsidRPr="00F23230" w:rsidRDefault="00F23230" w:rsidP="00F23230">
       <w:pPr>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7D8ECBBB" w14:textId="50236DB6" w:rsidR="00911F5F" w:rsidRDefault="00911F5F" w:rsidP="00F23230">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="46841A3B" w14:textId="77777777" w:rsidR="003011AE" w:rsidRPr="003011AE" w:rsidRDefault="003011AE" w:rsidP="003011AE">
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003011AE">
-        <w:t>BrandywineGLOBAL</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> – Global Income Opportunities Fund (“BWG”) </w:t>
+        <w:t xml:space="preserve">BrandywineGLOBAL – Global Income Opportunities Fund (“BWG”) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54EF1B41" w14:textId="77777777" w:rsidR="003011AE" w:rsidRPr="003011AE" w:rsidRDefault="003011AE" w:rsidP="003011AE">
       <w:r w:rsidRPr="003011AE">
         <w:t>Clarion Partners Real Estate Income Fund Inc. (“CPREX”)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73F573F0" w14:textId="77777777" w:rsidR="003011AE" w:rsidRPr="003011AE" w:rsidRDefault="003011AE" w:rsidP="003011AE">
       <w:r w:rsidRPr="003011AE">
         <w:t>ClearBridge Energy Midstream Opportunity Fund Inc. (“EMO”)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A6DAA89" w14:textId="77777777" w:rsidR="003011AE" w:rsidRPr="003011AE" w:rsidRDefault="003011AE" w:rsidP="003011AE">
+    <w:p w14:paraId="2A6DAA89" w14:textId="77777777" w:rsidR="003011AE" w:rsidRDefault="003011AE" w:rsidP="003011AE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1185"/>
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="003011AE">
         <w:t>Franklin Lexington Private Markets Fund (“FLEX”)</w:t>
       </w:r>
       <w:r w:rsidRPr="003011AE">
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C34166C" w14:textId="77777777" w:rsidR="003011AE" w:rsidRPr="003011AE" w:rsidRDefault="003011AE" w:rsidP="003011AE">
+    <w:p w14:paraId="366E9FBD" w14:textId="49DAD72B" w:rsidR="00C53DC4" w:rsidRPr="003011AE" w:rsidRDefault="00C53DC4" w:rsidP="003011AE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1185"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>Franklin BSP Lending Fund (“FBLEND”)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C34166C" w14:textId="77777777" w:rsidR="003011AE" w:rsidRDefault="003011AE" w:rsidP="003011AE">
       <w:r w:rsidRPr="003011AE">
         <w:t>LMP Capital and Income Fund Inc. (“SCD”)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D4A7783" w14:textId="77777777" w:rsidR="00491EF6" w:rsidRPr="00491EF6" w:rsidRDefault="00491EF6" w:rsidP="00491EF6">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00491EF6">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Putnam Managed Municipal Income Trust (“PMM”) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CD7A50C" w14:textId="77777777" w:rsidR="00491EF6" w:rsidRPr="00491EF6" w:rsidRDefault="00491EF6" w:rsidP="00491EF6">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00491EF6">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Putnam Master Intermediate Income Trust (“PIM”) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07E389A4" w14:textId="77777777" w:rsidR="00491EF6" w:rsidRPr="00491EF6" w:rsidRDefault="00491EF6" w:rsidP="00491EF6">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00491EF6">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Putnam Municipal Opportunities Trust (“PMO”) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F24089C" w14:textId="77777777" w:rsidR="00491EF6" w:rsidRPr="00491EF6" w:rsidRDefault="00491EF6" w:rsidP="00491EF6">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00491EF6">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Putnam Premier Income Trust (“PPT”) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="054D001C" w14:textId="77777777" w:rsidR="003011AE" w:rsidRPr="003011AE" w:rsidRDefault="003011AE" w:rsidP="003011AE">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003011AE">
         <w:t>Western Asset Diversified Income Fund (“WDI”)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7609E199" w14:textId="77777777" w:rsidR="003011AE" w:rsidRPr="003011AE" w:rsidRDefault="003011AE" w:rsidP="003011AE">
       <w:r w:rsidRPr="003011AE">
         <w:t>Western Asset Emerging Markets Debt Fund Inc. (“EMD”)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7420A9F5" w14:textId="77777777" w:rsidR="003011AE" w:rsidRPr="003011AE" w:rsidRDefault="003011AE" w:rsidP="003011AE">
       <w:r w:rsidRPr="003011AE">
         <w:t>Western Asset Global Corporate Opportunity Fund Inc. (“GDO”)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2425141E" w14:textId="77777777" w:rsidR="003011AE" w:rsidRPr="003011AE" w:rsidRDefault="003011AE" w:rsidP="003011AE">
       <w:r w:rsidRPr="003011AE">
         <w:t>Western Asset Global High Income Fund Inc. (“EHI”)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D817CF8" w14:textId="77777777" w:rsidR="003011AE" w:rsidRPr="003011AE" w:rsidRDefault="003011AE" w:rsidP="003011AE">
       <w:r w:rsidRPr="003011AE">
         <w:t>Western Asset High Income Fund II Inc. (“HIX”)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BA4072B" w14:textId="77777777" w:rsidR="003011AE" w:rsidRPr="003011AE" w:rsidRDefault="003011AE" w:rsidP="003011AE">
       <w:r w:rsidRPr="003011AE">
         <w:t>Western Asset High Income Opportunity Fund Inc. (“HIO”)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EB3C4A0" w14:textId="77777777" w:rsidR="003011AE" w:rsidRPr="003011AE" w:rsidRDefault="003011AE" w:rsidP="003011AE">
+    <w:p w14:paraId="4EB3C4A0" w14:textId="4D31E4E7" w:rsidR="003011AE" w:rsidRPr="003011AE" w:rsidRDefault="003011AE" w:rsidP="003011AE">
       <w:r w:rsidRPr="003011AE">
-        <w:t>Western Asset High Yield Defined Opportunity Fund Inc. (“HYI”)</w:t>
+        <w:t>Western Asset High Yield Opportunity Fund Inc. (“HYI”)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="618B1D51" w14:textId="77777777" w:rsidR="003011AE" w:rsidRPr="003011AE" w:rsidRDefault="003011AE" w:rsidP="003011AE">
       <w:r w:rsidRPr="003011AE">
         <w:t>Western Asset Intermediate Muni Fund Inc. (“SBI”)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30F09B8C" w14:textId="77777777" w:rsidR="003011AE" w:rsidRPr="003011AE" w:rsidRDefault="003011AE" w:rsidP="003011AE">
       <w:r w:rsidRPr="003011AE">
         <w:t>Western Asset Investment Grade Opportunity Trust Inc. (“IGI”)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="198C0BA6" w14:textId="77777777" w:rsidR="003011AE" w:rsidRPr="003011AE" w:rsidRDefault="003011AE" w:rsidP="003011AE">
       <w:r w:rsidRPr="003011AE">
         <w:t>Western Asset Managed Municipals Fund Inc. (“MMU”)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CA7A537" w14:textId="77777777" w:rsidR="003011AE" w:rsidRPr="003011AE" w:rsidRDefault="003011AE" w:rsidP="003011AE">
       <w:r w:rsidRPr="003011AE">
         <w:t>Western Asset Mortgage Opportunity Fund Inc. (“DMO”)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3679F484" w14:textId="77777777" w:rsidR="003011AE" w:rsidRPr="003011AE" w:rsidRDefault="003011AE" w:rsidP="003011AE">
       <w:r w:rsidRPr="003011AE">
         <w:t>Western Asset Municipal High Income Fund Inc. (“MHF”)</w:t>
@@ -511,108 +498,107 @@
     </w:p>
     <w:p w14:paraId="04611255" w14:textId="77777777" w:rsidR="00480796" w:rsidRDefault="00480796" w:rsidP="00911F5F">
       <w:pPr>
         <w:pStyle w:val="BlockTextSglJ"/>
         <w:jc w:val="right"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00480796" w:rsidSect="00FF08AC">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="even" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5FFCDF97" w14:textId="77777777" w:rsidR="00B534EF" w:rsidRDefault="00B534EF">
+    <w:p w14:paraId="6345A644" w14:textId="77777777" w:rsidR="00E036FB" w:rsidRDefault="00E036FB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2A7A45A8" w14:textId="77777777" w:rsidR="00B534EF" w:rsidRDefault="00B534EF">
+    <w:p w14:paraId="1A2D4523" w14:textId="77777777" w:rsidR="00E036FB" w:rsidRDefault="00E036FB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="427BAB2D" w14:textId="77777777" w:rsidR="00953F92" w:rsidRDefault="00953F92"/>
+    <w:p w14:paraId="128ACEBE" w14:textId="77777777" w:rsidR="00E036FB" w:rsidRDefault="00E036FB"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman Bold">
-    <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="02020803070505020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -675,65 +661,65 @@
         <w:i/>
         <w:iCs/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:i/>
         <w:iCs/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:i/>
         <w:iCs/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="072C280B" w14:textId="77777777" w:rsidR="00B534EF" w:rsidRDefault="00B534EF">
+    <w:p w14:paraId="06307614" w14:textId="77777777" w:rsidR="00E036FB" w:rsidRDefault="00E036FB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="223AA217" w14:textId="77777777" w:rsidR="00B534EF" w:rsidRDefault="00B534EF">
+    <w:p w14:paraId="73ACC116" w14:textId="77777777" w:rsidR="00E036FB" w:rsidRDefault="00E036FB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="174C4D7F" w14:textId="77777777" w:rsidR="00953F92" w:rsidRDefault="00953F92"/>
+    <w:p w14:paraId="35CA8789" w14:textId="77777777" w:rsidR="00E036FB" w:rsidRDefault="00E036FB"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="03CFD364" w14:textId="77777777" w:rsidR="00DD38F2" w:rsidRDefault="00DD38F2">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="003C7355">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
@@ -3262,129 +3248,133 @@
   </w:num>
   <w:num w:numId="32" w16cid:durableId="1105811140">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="1345933223">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="2100520607">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="168378142">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="1218862775">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="5" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:trackRevisions/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BB4F80"/>
+    <w:rsid w:val="00030EE0"/>
     <w:rsid w:val="000A3F68"/>
     <w:rsid w:val="000C4714"/>
+    <w:rsid w:val="000E65D3"/>
     <w:rsid w:val="001C586B"/>
     <w:rsid w:val="002B2F6F"/>
     <w:rsid w:val="002B4191"/>
     <w:rsid w:val="002D25F9"/>
     <w:rsid w:val="003011AE"/>
     <w:rsid w:val="00301CAC"/>
     <w:rsid w:val="00355228"/>
     <w:rsid w:val="003738B4"/>
     <w:rsid w:val="003C7355"/>
     <w:rsid w:val="00414AA7"/>
     <w:rsid w:val="00422481"/>
     <w:rsid w:val="00454FD3"/>
     <w:rsid w:val="00480796"/>
+    <w:rsid w:val="00491EF6"/>
     <w:rsid w:val="0056417C"/>
     <w:rsid w:val="0059343C"/>
     <w:rsid w:val="005B3097"/>
     <w:rsid w:val="005D4CF9"/>
     <w:rsid w:val="005E2CDD"/>
     <w:rsid w:val="005F5E92"/>
     <w:rsid w:val="00612EE7"/>
     <w:rsid w:val="00663219"/>
     <w:rsid w:val="007802B7"/>
     <w:rsid w:val="0079295A"/>
     <w:rsid w:val="007D3208"/>
     <w:rsid w:val="007D653F"/>
     <w:rsid w:val="007E2539"/>
     <w:rsid w:val="00804565"/>
     <w:rsid w:val="0089041C"/>
     <w:rsid w:val="008E2C41"/>
     <w:rsid w:val="00911F5F"/>
     <w:rsid w:val="00950F36"/>
     <w:rsid w:val="00953F92"/>
     <w:rsid w:val="00A712C1"/>
     <w:rsid w:val="00A7418B"/>
     <w:rsid w:val="00A86163"/>
     <w:rsid w:val="00A958DD"/>
+    <w:rsid w:val="00AB38AC"/>
     <w:rsid w:val="00AF4646"/>
     <w:rsid w:val="00B534EF"/>
     <w:rsid w:val="00B953D1"/>
     <w:rsid w:val="00BB4F80"/>
+    <w:rsid w:val="00C53DC4"/>
     <w:rsid w:val="00C607B1"/>
     <w:rsid w:val="00CD6829"/>
     <w:rsid w:val="00D23B61"/>
     <w:rsid w:val="00D44631"/>
     <w:rsid w:val="00DD2916"/>
     <w:rsid w:val="00DD38F2"/>
     <w:rsid w:val="00DE5DAE"/>
     <w:rsid w:val="00E02EC9"/>
+    <w:rsid w:val="00E036FB"/>
     <w:rsid w:val="00E138BC"/>
     <w:rsid w:val="00E320A0"/>
     <w:rsid w:val="00E60633"/>
     <w:rsid w:val="00E96185"/>
     <w:rsid w:val="00EB1398"/>
     <w:rsid w:val="00F04375"/>
     <w:rsid w:val="00F23230"/>
     <w:rsid w:val="00F36D7E"/>
     <w:rsid w:val="00F85400"/>
     <w:rsid w:val="00FA1360"/>
     <w:rsid w:val="00FA686E"/>
     <w:rsid w:val="00FF08AC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
@@ -3924,51 +3914,50 @@
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00FF08AC"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:ind w:firstLine="5760"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BlockText">
     <w:name w:val="Block Text"/>
@@ -5620,58 +5609,56 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B4861A3B79158C4299C3135AE60381A9" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="857444f2869d1141b3ed35687a3f8be3">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ab258089-e9f1-4ded-895c-ce9193893252" xmlns:ns3="b3f97d5d-cdbd-48c8-84c4-9801c6f521c2" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="dd714c768416bdbb655867c97ba6d80f" ns2:_="" ns3:_="">
     <xsd:import namespace="ab258089-e9f1-4ded-895c-ce9193893252"/>
     <xsd:import namespace="b3f97d5d-cdbd-48c8-84c4-9801c6f521c2"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
@@ -5874,132 +5861,128 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="ab258089-e9f1-4ded-895c-ce9193893252">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="b3f97d5d-cdbd-48c8-84c4-9801c6f521c2" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3702090A-3EBA-4E8B-9567-D7FFF7C524A1}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{85D4B436-589E-4906-B43A-D66023572CA2}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-[...8 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DA961966-C03D-43AE-8510-407B144BD19D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="ab258089-e9f1-4ded-895c-ce9193893252"/>
     <ds:schemaRef ds:uri="b3f97d5d-cdbd-48c8-84c4-9801c6f521c2"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{85D4B436-589E-4906-B43A-D66023572CA2}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3702090A-3EBA-4E8B-9567-D7FFF7C524A1}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="ab258089-e9f1-4ded-895c-ce9193893252"/>
+    <ds:schemaRef ds:uri="b3f97d5d-cdbd-48c8-84c4-9801c6f521c2"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>752</Words>
-  <Characters>4015</Characters>
+  <Words>787</Words>
+  <Characters>4188</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>33</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>83</Lines>
+  <Paragraphs>50</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>NOMINATING COMMITTEE CHARTER</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Legg Mason</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4758</CharactersWithSpaces>
+  <CharactersWithSpaces>4925</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>NOMINATING COMMITTEE CHARTER</dc:title>
   <dc:creator>Joanna E Pressman (08224)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="DOCID">
     <vt:lpwstr>082221-0008-08224-NY02.2339689.1</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
     <vt:lpwstr>0x010100B4861A3B79158C4299C3135AE60381A9</vt:lpwstr>