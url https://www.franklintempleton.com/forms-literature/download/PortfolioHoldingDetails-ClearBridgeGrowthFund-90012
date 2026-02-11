--- v0 (2025-12-03)
+++ v1 (2026-02-11)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://franklintempleton.sharepoint.com/teams/LMUSFundOperations/Shared Documents/Oversight/RIKs/Non_Pro Rata RIKs/2025/CB Growth Fund - LMA0100 11.19.25/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://franklintempleton.sharepoint.com/teams/LMUSFundOperations/Shared Documents/Oversight/RIKs/Non_Pro Rata RIKs/2026/CB Growth Fund - LMA0100 1.28.26/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{C2A3A077-A51F-45D0-93E8-E4A90B0FC63B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="6" documentId="8_{C2A3A077-A51F-45D0-93E8-E4A90B0FC63B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{4AB2A010-0AC2-4F3F-BC3E-89F78C23F523}"/>
   <bookViews>
     <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{01DDE1CA-3FDA-4F5A-B23D-487B0A852887}"/>
   </bookViews>
   <sheets>
     <sheet name="WEB Holdings File" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
@@ -456,74 +456,68 @@
   <si>
     <t>LIBERTY MEDIA CORP-LIBERTY FORMULA ONE</t>
   </si>
   <si>
     <t>FWONK</t>
   </si>
   <si>
     <t>US5312297550</t>
   </si>
   <si>
     <t>Tracking Stk</t>
   </si>
   <si>
     <t>531229755</t>
   </si>
   <si>
     <t>WESTERN ASSET PREMIER INSTITUTIONAL US TREASURY RESERVES</t>
   </si>
   <si>
     <t>WAEXX</t>
   </si>
   <si>
     <t>US52470G4780</t>
   </si>
   <si>
-    <t>3.842392</t>
-[...1 lines deleted...]
-  <si>
     <t>Open-End Fund</t>
   </si>
   <si>
     <t>Fixed Income</t>
   </si>
   <si>
     <t>52470G478</t>
   </si>
   <si>
     <t>JPMORGAN 100 US TREASU-L</t>
   </si>
   <si>
     <t>JTSXX</t>
   </si>
   <si>
     <t>US4812A28358</t>
   </si>
   <si>
-    <t>3.787861</t>
-[...1 lines deleted...]
-  <si>
     <t>4812A2835</t>
   </si>
   <si>
     <t>CINTAS CORP</t>
   </si>
   <si>
     <t>CTAS</t>
   </si>
   <si>
     <t>US1729081059</t>
   </si>
   <si>
     <t>172908105</t>
   </si>
   <si>
     <t>HUBSPOT INC</t>
   </si>
   <si>
     <t>HUBS</t>
   </si>
   <si>
     <t>US4435731009</t>
   </si>
   <si>
     <t>443573100</t>
@@ -790,111 +784,120 @@
     <t>Complete portfolio data can be found in the semi- and annual financial statements of the fund.</t>
   </si>
   <si>
     <t>As of</t>
   </si>
   <si>
     <t>ClearBridge Growth Fund</t>
   </si>
   <si>
     <t>Holdings are provided for informational purposes only and should not be construed as a recommendation to purchase or sell any security. All data is subject to change.</t>
   </si>
   <si>
     <t>Not FDIC Insured | No Bank Guarantee | May Lose Value</t>
   </si>
   <si>
     <t>Before investing, carefully consider a fund’s investment objectives, risks, charges and expenses.</t>
   </si>
   <si>
     <t>You can find this and other information in each prospectus, or summary prospectus, if available, at www.franklintempleton.com. Please read it carefully.</t>
   </si>
   <si>
     <t>Franklin Distributors, LLC. Member FINRA/SIPC.</t>
   </si>
   <si>
     <t>© Franklin Templeton. All rights reserved.</t>
+  </si>
+  <si>
+    <t>3.580103</t>
+  </si>
+  <si>
+    <t>3.524842</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="#,##0.00;\-#,##0.00;0.00"/>
     <numFmt numFmtId="165" formatCode="mm/dd/yyyy"/>
   </numFmts>
   <fonts count="2" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="8">
+  <cellXfs count="9">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="43" fontId="0" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="165" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
@@ -1162,52 +1165,52 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8C0C7A6E-9CA1-40C7-B7B3-24EF53886318}">
   <dimension ref="A1:M74"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A32" workbookViewId="0">
-      <selection activeCell="A10" sqref="A10"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="I48" sqref="I48"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="62" customWidth="1"/>
     <col min="2" max="2" width="19" customWidth="1"/>
     <col min="3" max="3" width="10" customWidth="1"/>
     <col min="4" max="4" width="15" customWidth="1"/>
     <col min="5" max="5" width="12.7265625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="14.54296875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="8.54296875" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15" customWidth="1"/>
     <col min="10" max="10" width="22" customWidth="1"/>
     <col min="11" max="11" width="11" customWidth="1"/>
     <col min="12" max="12" width="18" customWidth="1"/>
     <col min="13" max="13" width="10" customWidth="1"/>
     <col min="250" max="250" width="62" customWidth="1"/>
     <col min="251" max="251" width="19" customWidth="1"/>
     <col min="252" max="252" width="10" customWidth="1"/>
     <col min="253" max="253" width="15" customWidth="1"/>
     <col min="254" max="254" width="12.7265625" bestFit="1" customWidth="1"/>
     <col min="255" max="255" width="8" bestFit="1" customWidth="1"/>
     <col min="256" max="256" width="14.54296875" bestFit="1" customWidth="1"/>
     <col min="257" max="257" width="8.54296875" bestFit="1" customWidth="1"/>
@@ -2004,2194 +2007,2215 @@
     <col min="15871" max="15871" width="8" bestFit="1" customWidth="1"/>
     <col min="15872" max="15872" width="14.54296875" bestFit="1" customWidth="1"/>
     <col min="15873" max="15873" width="8.54296875" bestFit="1" customWidth="1"/>
     <col min="15874" max="15874" width="15" customWidth="1"/>
     <col min="15875" max="15875" width="22" customWidth="1"/>
     <col min="15876" max="15876" width="11" customWidth="1"/>
     <col min="15877" max="15877" width="18" customWidth="1"/>
     <col min="15878" max="15878" width="10" customWidth="1"/>
     <col min="16122" max="16122" width="62" customWidth="1"/>
     <col min="16123" max="16123" width="19" customWidth="1"/>
     <col min="16124" max="16124" width="10" customWidth="1"/>
     <col min="16125" max="16125" width="15" customWidth="1"/>
     <col min="16126" max="16126" width="12.7265625" bestFit="1" customWidth="1"/>
     <col min="16127" max="16127" width="8" bestFit="1" customWidth="1"/>
     <col min="16128" max="16128" width="14.54296875" bestFit="1" customWidth="1"/>
     <col min="16129" max="16129" width="8.54296875" bestFit="1" customWidth="1"/>
     <col min="16130" max="16130" width="15" customWidth="1"/>
     <col min="16131" max="16131" width="22" customWidth="1"/>
     <col min="16132" max="16132" width="11" customWidth="1"/>
     <col min="16133" max="16133" width="18" customWidth="1"/>
     <col min="16134" max="16134" width="10" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
     </row>
     <row r="2" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
     </row>
     <row r="3" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
     </row>
     <row r="4" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
     </row>
     <row r="6" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="B6" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="C6" s="7">
-        <v>45980</v>
+        <v>46050</v>
       </c>
     </row>
     <row r="11" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A11" t="s">
         <v>0</v>
       </c>
       <c r="B11" t="s">
         <v>1</v>
       </c>
       <c r="C11" t="s">
         <v>2</v>
       </c>
       <c r="D11" t="s">
         <v>3</v>
       </c>
       <c r="E11" t="s">
         <v>4</v>
       </c>
       <c r="F11" t="s">
         <v>5</v>
       </c>
       <c r="G11" t="s">
         <v>6</v>
       </c>
       <c r="H11" t="s">
         <v>7</v>
       </c>
       <c r="I11" t="s">
         <v>8</v>
       </c>
       <c r="J11" t="s">
         <v>9</v>
       </c>
       <c r="K11" t="s">
         <v>10</v>
       </c>
       <c r="L11" t="s">
         <v>11</v>
       </c>
       <c r="M11" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A12" s="1" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="2">
-        <v>6.6176354580773307</v>
+        <v>5.2396956405745554</v>
       </c>
       <c r="D12" s="2">
-        <v>284773989.05999994</v>
+        <v>223199307.65000001</v>
       </c>
       <c r="E12" s="2">
-        <v>803493</v>
+        <v>1006445</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="H12" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="3"/>
       <c r="J12" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="1" t="s">
         <v>19</v>
       </c>
       <c r="L12" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="M12" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M12" s="1"/>
     </row>
     <row r="13" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A13" s="1" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="C13" s="2">
-        <v>6.1568192663309418</v>
+        <v>5.1719534640587801</v>
       </c>
       <c r="D13" s="2">
-        <v>264943875.12</v>
+        <v>220313642.54000002</v>
       </c>
       <c r="E13" s="2">
-        <v>1136903</v>
+        <v>460994</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="H13" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I13" s="3"/>
       <c r="J13" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="1" t="s">
         <v>19</v>
       </c>
       <c r="L13" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="M13" s="1"/>
+      <c r="M13" s="1" t="s">
+        <v>29</v>
+      </c>
     </row>
     <row r="14" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A14" s="1" t="s">
-        <v>25</v>
+        <v>13</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="C14" s="2">
-        <v>4.8185710891908409</v>
+        <v>4.9820432864481443</v>
       </c>
       <c r="D14" s="2">
-        <v>207355590.88</v>
+        <v>212223894</v>
       </c>
       <c r="E14" s="2">
-        <v>492496</v>
+        <v>636850</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="H14" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I14" s="3"/>
       <c r="J14" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="1" t="s">
         <v>19</v>
       </c>
       <c r="L14" s="1" t="s">
         <v>20</v>
       </c>
       <c r="M14" s="1" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
     </row>
     <row r="15" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A15" s="1" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="C15" s="2">
-        <v>3.9606020825040327</v>
+        <v>3.9974785096058318</v>
       </c>
       <c r="D15" s="2">
-        <v>170434962.95000002</v>
+        <v>170283638</v>
       </c>
       <c r="E15" s="2">
-        <v>585305</v>
+        <v>1152200</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="H15" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I15" s="3"/>
       <c r="J15" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="1" t="s">
         <v>19</v>
       </c>
       <c r="L15" s="1" t="s">
         <v>20</v>
       </c>
       <c r="M15" s="1" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
     </row>
     <row r="16" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A16" s="1" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="C16" s="2">
-        <v>3.9040709513917826</v>
+        <v>3.9571373160582235</v>
       </c>
       <c r="D16" s="2">
-        <v>168002282</v>
+        <v>168565193.44000003</v>
       </c>
       <c r="E16" s="2">
-        <v>1152200</v>
+        <v>869969</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>36</v>
+        <v>45</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="H16" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I16" s="3"/>
       <c r="J16" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="1" t="s">
         <v>19</v>
       </c>
       <c r="L16" s="1" t="s">
         <v>20</v>
       </c>
       <c r="M16" s="1" t="s">
-        <v>38</v>
+        <v>47</v>
       </c>
     </row>
     <row r="17" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A17" s="1" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="2">
-        <v>3.6953752991423756</v>
+        <v>3.874874845482088</v>
       </c>
       <c r="D17" s="2">
-        <v>159021567.69999999</v>
+        <v>165060996.30000001</v>
       </c>
       <c r="E17" s="2">
-        <v>931858</v>
+        <v>458121</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="H17" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I17" s="3"/>
       <c r="J17" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="1" t="s">
         <v>19</v>
       </c>
       <c r="L17" s="1" t="s">
         <v>20</v>
       </c>
       <c r="M17" s="1" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
     </row>
     <row r="18" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A18" s="1" t="s">
-        <v>51</v>
+        <v>30</v>
       </c>
       <c r="B18" s="1" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="2">
-        <v>3.5568444758378921</v>
+        <v>3.6869282191508557</v>
       </c>
       <c r="D18" s="2">
-        <v>153060227.66999999</v>
+        <v>157054890.65000001</v>
       </c>
       <c r="E18" s="2">
-        <v>294013</v>
+        <v>585305</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>52</v>
+        <v>31</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>53</v>
+        <v>32</v>
       </c>
       <c r="H18" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I18" s="3"/>
       <c r="J18" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="1" t="s">
         <v>19</v>
       </c>
       <c r="L18" s="1" t="s">
         <v>20</v>
       </c>
       <c r="M18" s="1" t="s">
-        <v>54</v>
+        <v>33</v>
       </c>
     </row>
     <row r="19" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A19" s="1" t="s">
-        <v>39</v>
+        <v>51</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="C19" s="2">
-        <v>3.3974260089169053</v>
+        <v>3.2383851431768291</v>
       </c>
       <c r="D19" s="2">
-        <v>146200038.25</v>
+        <v>137947959.47</v>
       </c>
       <c r="E19" s="2">
-        <v>512533</v>
+        <v>294013</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>42</v>
+        <v>53</v>
       </c>
       <c r="H19" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I19" s="3"/>
       <c r="J19" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="1" t="s">
         <v>19</v>
       </c>
       <c r="L19" s="1" t="s">
         <v>20</v>
       </c>
       <c r="M19" s="1" t="s">
-        <v>43</v>
+        <v>54</v>
       </c>
     </row>
     <row r="20" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A20" s="1" t="s">
         <v>48</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>40</v>
       </c>
       <c r="C20" s="2">
-        <v>3.3698797030073813</v>
+        <v>3.1733024124812674</v>
       </c>
       <c r="D20" s="2">
-        <v>145014649.38</v>
+        <v>135175580.80000001</v>
       </c>
       <c r="E20" s="2">
-        <v>1267389</v>
+        <v>1157920</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>49</v>
       </c>
       <c r="G20" s="1" t="s">
         <v>50</v>
       </c>
       <c r="H20" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I20" s="3"/>
       <c r="J20" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="1" t="s">
         <v>19</v>
       </c>
       <c r="L20" s="1" t="s">
         <v>20</v>
       </c>
       <c r="M20" s="1"/>
     </row>
     <row r="21" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A21" s="1" t="s">
-        <v>55</v>
+        <v>64</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="C21" s="2">
-        <v>2.5048876132422579</v>
+        <v>3.0015136737549191</v>
       </c>
       <c r="D21" s="2">
-        <v>107791800</v>
+        <v>127857765</v>
       </c>
       <c r="E21" s="2">
-        <v>738300</v>
+        <v>431500</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>56</v>
+        <v>65</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>57</v>
+        <v>66</v>
       </c>
       <c r="H21" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I21" s="3"/>
       <c r="J21" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="1" t="s">
         <v>19</v>
       </c>
       <c r="L21" s="1" t="s">
         <v>20</v>
       </c>
       <c r="M21" s="1" t="s">
-        <v>58</v>
+        <v>67</v>
       </c>
     </row>
     <row r="22" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A22" s="1" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>35</v>
+        <v>60</v>
       </c>
       <c r="C22" s="2">
-        <v>2.4707642192618069</v>
+        <v>2.9463153477934974</v>
       </c>
       <c r="D22" s="2">
-        <v>106323382</v>
+        <v>125506439.84999999</v>
       </c>
       <c r="E22" s="2">
-        <v>398200</v>
+        <v>438757</v>
       </c>
       <c r="F22" s="1" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="H22" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I22" s="3"/>
       <c r="J22" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="1" t="s">
         <v>19</v>
       </c>
       <c r="L22" s="1" t="s">
         <v>20</v>
       </c>
       <c r="M22" s="1" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
     </row>
     <row r="23" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A23" s="1" t="s">
-        <v>72</v>
+        <v>98</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>26</v>
+        <v>99</v>
       </c>
       <c r="C23" s="2">
-        <v>2.3652279717386695</v>
+        <v>2.6789741985052862</v>
       </c>
       <c r="D23" s="2">
-        <v>101781884</v>
+        <v>114118305.21000001</v>
       </c>
       <c r="E23" s="2">
-        <v>220900</v>
+        <v>1793467</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>73</v>
+        <v>100</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>74</v>
+        <v>101</v>
       </c>
       <c r="H23" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I23" s="3"/>
       <c r="J23" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="1" t="s">
         <v>19</v>
       </c>
       <c r="L23" s="1" t="s">
         <v>20</v>
       </c>
       <c r="M23" s="1" t="s">
-        <v>75</v>
+        <v>102</v>
       </c>
     </row>
     <row r="24" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A24" s="1" t="s">
-        <v>76</v>
+        <v>55</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>77</v>
+        <v>14</v>
       </c>
       <c r="C24" s="2">
-        <v>2.3045767295030819</v>
+        <v>2.40774705703401</v>
       </c>
       <c r="D24" s="2">
-        <v>99171904</v>
+        <v>102564636</v>
       </c>
       <c r="E24" s="2">
-        <v>553600</v>
+        <v>738300</v>
       </c>
       <c r="F24" s="1" t="s">
-        <v>78</v>
+        <v>56</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>79</v>
+        <v>57</v>
       </c>
       <c r="H24" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I24" s="3"/>
       <c r="J24" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="1" t="s">
         <v>19</v>
       </c>
       <c r="L24" s="1" t="s">
         <v>20</v>
       </c>
       <c r="M24" s="1" t="s">
-        <v>80</v>
+        <v>58</v>
       </c>
     </row>
     <row r="25" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A25" s="1" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>26</v>
+        <v>86</v>
       </c>
       <c r="C25" s="2">
-        <v>2.2794155199025998</v>
+        <v>2.3701163946195445</v>
       </c>
       <c r="D25" s="2">
-        <v>98089152</v>
+        <v>100961654</v>
       </c>
       <c r="E25" s="2">
-        <v>283200</v>
+        <v>164200</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="H25" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I25" s="3"/>
       <c r="J25" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="1" t="s">
         <v>19</v>
       </c>
       <c r="L25" s="1" t="s">
         <v>20</v>
       </c>
       <c r="M25" s="1" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
     </row>
     <row r="26" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A26" s="1" t="s">
-        <v>68</v>
+        <v>59</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>60</v>
       </c>
       <c r="C26" s="2">
-        <v>2.193754955742834</v>
+        <v>2.2667518975847432</v>
       </c>
       <c r="D26" s="2">
-        <v>94402956.120000005</v>
+        <v>96558557.760000005</v>
       </c>
       <c r="E26" s="2">
-        <v>438757</v>
+        <v>495477</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>69</v>
+        <v>61</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>70</v>
+        <v>62</v>
       </c>
       <c r="H26" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I26" s="3"/>
       <c r="J26" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="1" t="s">
         <v>19</v>
       </c>
       <c r="L26" s="1" t="s">
         <v>20</v>
       </c>
       <c r="M26" s="1" t="s">
-        <v>71</v>
+        <v>63</v>
       </c>
     </row>
     <row r="27" spans="1:13" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A27" s="1" t="s">
-        <v>59</v>
+        <v>76</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>60</v>
+        <v>77</v>
       </c>
       <c r="C27" s="2">
-        <v>2.168891157248602</v>
+        <v>2.1526554395514057</v>
       </c>
       <c r="D27" s="2">
-        <v>93333002.49000001</v>
+        <v>91698304</v>
       </c>
       <c r="E27" s="2">
-        <v>495477</v>
+        <v>553600</v>
       </c>
       <c r="F27" s="1" t="s">
-        <v>61</v>
+        <v>78</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>62</v>
+        <v>79</v>
       </c>
       <c r="H27" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I27" s="3"/>
       <c r="J27" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="1" t="s">
         <v>19</v>
       </c>
       <c r="L27" s="1" t="s">
         <v>20</v>
       </c>
       <c r="M27" s="1" t="s">
-        <v>63</v>
+        <v>80</v>
       </c>
     </row>
     <row r="28" spans="1:13" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A28" s="1" t="s">
-        <v>85</v>
+        <v>103</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>86</v>
       </c>
       <c r="C28" s="2">
-        <v>2.1352347003107228</v>
+        <v>1.9991965792984476</v>
       </c>
       <c r="D28" s="2">
-        <v>91884678</v>
+        <v>85161300</v>
       </c>
       <c r="E28" s="2">
-        <v>164200</v>
+        <v>568500</v>
       </c>
       <c r="F28" s="1" t="s">
-        <v>87</v>
+        <v>104</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>88</v>
+        <v>105</v>
       </c>
       <c r="H28" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I28" s="3"/>
       <c r="J28" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="1" t="s">
         <v>19</v>
       </c>
       <c r="L28" s="1" t="s">
         <v>20</v>
       </c>
       <c r="M28" s="1" t="s">
-        <v>89</v>
+        <v>106</v>
       </c>
     </row>
     <row r="29" spans="1:13" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A29" s="1" t="s">
-        <v>90</v>
+        <v>111</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>86</v>
+        <v>35</v>
       </c>
       <c r="C29" s="2">
-        <v>2.1184047114317974</v>
+        <v>1.9496857810108201</v>
       </c>
       <c r="D29" s="2">
-        <v>91160440</v>
+        <v>83052250.799999997</v>
       </c>
       <c r="E29" s="2">
-        <v>771500</v>
+        <v>631336</v>
       </c>
       <c r="F29" s="1" t="s">
-        <v>91</v>
+        <v>112</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>92</v>
+        <v>113</v>
       </c>
       <c r="H29" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I29" s="3"/>
       <c r="J29" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="1" t="s">
         <v>19</v>
       </c>
       <c r="L29" s="1" t="s">
         <v>20</v>
       </c>
       <c r="M29" s="1" t="s">
-        <v>93</v>
+        <v>114</v>
       </c>
     </row>
     <row r="30" spans="1:13" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A30" s="1" t="s">
-        <v>94</v>
+        <v>107</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>14</v>
       </c>
       <c r="C30" s="2">
-        <v>1.9929897330874899</v>
+        <v>1.9429221674609416</v>
       </c>
       <c r="D30" s="2">
-        <v>85763508.739999995</v>
+        <v>82764136</v>
       </c>
       <c r="E30" s="2">
-        <v>339013</v>
+        <v>152600</v>
       </c>
       <c r="F30" s="1" t="s">
-        <v>95</v>
+        <v>108</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>96</v>
+        <v>109</v>
       </c>
       <c r="H30" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I30" s="3"/>
       <c r="J30" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="1" t="s">
         <v>19</v>
       </c>
       <c r="L30" s="1" t="s">
         <v>20</v>
       </c>
       <c r="M30" s="1" t="s">
-        <v>97</v>
+        <v>110</v>
       </c>
     </row>
     <row r="31" spans="1:13" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A31" s="1" t="s">
-        <v>98</v>
+        <v>90</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="C31" s="2">
-        <v>1.9794610040719256</v>
+        <v>1.8727063659201186</v>
       </c>
       <c r="D31" s="2">
-        <v>85181332.5</v>
+        <v>79773100</v>
       </c>
       <c r="E31" s="2">
-        <v>2065002</v>
+        <v>771500</v>
       </c>
       <c r="F31" s="1" t="s">
-        <v>100</v>
+        <v>91</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>101</v>
+        <v>92</v>
       </c>
       <c r="H31" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I31" s="3"/>
       <c r="J31" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="1" t="s">
         <v>19</v>
       </c>
       <c r="L31" s="1" t="s">
         <v>20</v>
       </c>
       <c r="M31" s="1" t="s">
-        <v>102</v>
+        <v>93</v>
       </c>
     </row>
     <row r="32" spans="1:13" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A32" s="1" t="s">
-        <v>103</v>
+        <v>150</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>86</v>
+        <v>40</v>
       </c>
       <c r="C32" s="2">
-        <v>1.9178289354289864</v>
+        <v>1.8561977051921446</v>
       </c>
       <c r="D32" s="2">
-        <v>82529145</v>
+        <v>79069868</v>
       </c>
       <c r="E32" s="2">
-        <v>568500</v>
+        <v>143800</v>
       </c>
       <c r="F32" s="1" t="s">
-        <v>104</v>
+        <v>151</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>105</v>
+        <v>152</v>
       </c>
       <c r="H32" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I32" s="3"/>
       <c r="J32" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K32" s="1" t="s">
         <v>19</v>
       </c>
       <c r="L32" s="1" t="s">
         <v>20</v>
       </c>
       <c r="M32" s="1" t="s">
-        <v>106</v>
+        <v>153</v>
       </c>
     </row>
     <row r="33" spans="1:13" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A33" s="1" t="s">
-        <v>107</v>
+        <v>72</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="C33" s="2">
-        <v>1.8796366020077258</v>
+        <v>1.8128234546469502</v>
       </c>
       <c r="D33" s="2">
-        <v>80885630</v>
+        <v>77222222</v>
       </c>
       <c r="E33" s="2">
-        <v>152600</v>
+        <v>220900</v>
       </c>
       <c r="F33" s="1" t="s">
-        <v>108</v>
+        <v>73</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>109</v>
+        <v>74</v>
       </c>
       <c r="H33" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I33" s="3"/>
       <c r="J33" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K33" s="1" t="s">
         <v>19</v>
       </c>
       <c r="L33" s="1" t="s">
         <v>20</v>
       </c>
       <c r="M33" s="1" t="s">
-        <v>110</v>
+        <v>75</v>
       </c>
     </row>
     <row r="34" spans="1:13" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A34" s="1" t="s">
-        <v>111</v>
-[...3 lines deleted...]
-      </c>
+        <v>132</v>
+      </c>
+      <c r="B34" s="1"/>
       <c r="C34" s="2">
-        <v>1.6789622225960743</v>
+        <v>1.7352955914940973</v>
       </c>
       <c r="D34" s="2">
-        <v>72250091.840000004</v>
+        <v>73919708.540000007</v>
       </c>
       <c r="E34" s="2">
-        <v>631336</v>
+        <v>73919708.540000007</v>
       </c>
       <c r="F34" s="1" t="s">
-        <v>112</v>
+        <v>133</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>113</v>
+        <v>134</v>
       </c>
       <c r="H34" s="3" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="I34" s="3"/>
+        <v>245</v>
+      </c>
+      <c r="I34" s="8">
+        <v>73020</v>
+      </c>
       <c r="J34" s="1" t="s">
-        <v>18</v>
+        <v>135</v>
       </c>
       <c r="K34" s="1" t="s">
-        <v>19</v>
+        <v>136</v>
       </c>
       <c r="L34" s="1" t="s">
         <v>20</v>
       </c>
       <c r="M34" s="1" t="s">
-        <v>114</v>
+        <v>137</v>
       </c>
     </row>
     <row r="35" spans="1:13" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A35" s="1" t="s">
-        <v>115</v>
-[...3 lines deleted...]
-      </c>
+        <v>138</v>
+      </c>
+      <c r="B35" s="1"/>
       <c r="C35" s="2">
-        <v>1.6242100016348653</v>
+        <v>1.7352955910245886</v>
       </c>
       <c r="D35" s="2">
-        <v>69893962</v>
+        <v>73919708.519999996</v>
       </c>
       <c r="E35" s="2">
-        <v>1330300</v>
+        <v>73919708.519999996</v>
       </c>
       <c r="F35" s="1" t="s">
-        <v>116</v>
+        <v>139</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>117</v>
+        <v>140</v>
       </c>
       <c r="H35" s="3" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="I35" s="3"/>
+        <v>246</v>
+      </c>
+      <c r="I35" s="8">
+        <v>73020</v>
+      </c>
       <c r="J35" s="1" t="s">
-        <v>18</v>
+        <v>135</v>
       </c>
       <c r="K35" s="1" t="s">
-        <v>19</v>
+        <v>136</v>
       </c>
       <c r="L35" s="1" t="s">
         <v>20</v>
       </c>
       <c r="M35" s="1" t="s">
-        <v>118</v>
+        <v>141</v>
       </c>
     </row>
     <row r="36" spans="1:13" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A36" s="1" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="C36" s="2">
-        <v>1.6107932630914998</v>
+        <v>1.7219858185415389</v>
       </c>
       <c r="D36" s="2">
-        <v>69316605</v>
+        <v>73352742</v>
       </c>
       <c r="E36" s="2">
-        <v>84900</v>
+        <v>1330300</v>
       </c>
       <c r="F36" s="1" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="H36" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I36" s="3"/>
       <c r="J36" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K36" s="1" t="s">
         <v>19</v>
       </c>
       <c r="L36" s="1" t="s">
         <v>20</v>
       </c>
       <c r="M36" s="1" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
     </row>
     <row r="37" spans="1:13" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A37" s="1" t="s">
-        <v>123</v>
+        <v>94</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="C37" s="2">
-        <v>1.5405582378129044</v>
+        <v>1.7190294660431933</v>
       </c>
       <c r="D37" s="2">
-        <v>66294210</v>
+        <v>73226808</v>
       </c>
       <c r="E37" s="2">
-        <v>95100</v>
+        <v>339013</v>
       </c>
       <c r="F37" s="1" t="s">
-        <v>124</v>
+        <v>95</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>125</v>
+        <v>96</v>
       </c>
       <c r="H37" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I37" s="3"/>
       <c r="J37" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K37" s="1" t="s">
         <v>19</v>
       </c>
       <c r="L37" s="1" t="s">
         <v>20</v>
       </c>
       <c r="M37" s="1" t="s">
-        <v>126</v>
+        <v>97</v>
       </c>
     </row>
     <row r="38" spans="1:13" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A38" s="1" t="s">
-        <v>127</v>
+        <v>81</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>60</v>
+        <v>26</v>
       </c>
       <c r="C38" s="2">
-        <v>1.5336136893998731</v>
+        <v>1.7165746891914535</v>
       </c>
       <c r="D38" s="2">
-        <v>65995368.100000001</v>
+        <v>73122240</v>
       </c>
       <c r="E38" s="2">
-        <v>687595</v>
+        <v>283200</v>
       </c>
       <c r="F38" s="1" t="s">
-        <v>128</v>
+        <v>82</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>129</v>
+        <v>83</v>
       </c>
       <c r="H38" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I38" s="3"/>
       <c r="J38" s="1" t="s">
-        <v>130</v>
+        <v>18</v>
       </c>
       <c r="K38" s="1" t="s">
         <v>19</v>
       </c>
       <c r="L38" s="1" t="s">
         <v>20</v>
       </c>
       <c r="M38" s="1" t="s">
-        <v>131</v>
+        <v>84</v>
       </c>
     </row>
     <row r="39" spans="1:13" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A39" s="1" t="s">
-        <v>132</v>
-[...1 lines deleted...]
-      <c r="B39" s="1"/>
+        <v>142</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>40</v>
+      </c>
       <c r="C39" s="2">
-        <v>1.5072538902933268</v>
+        <v>1.6701129994489219</v>
       </c>
       <c r="D39" s="2">
-        <v>64861037.689999998</v>
+        <v>71143076</v>
       </c>
       <c r="E39" s="2">
-        <v>64861037.689999998</v>
+        <v>376100</v>
       </c>
       <c r="F39" s="1" t="s">
-        <v>133</v>
+        <v>143</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>134</v>
+        <v>144</v>
       </c>
       <c r="H39" s="3" t="s">
-        <v>135</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I39" s="5"/>
       <c r="J39" s="1" t="s">
-        <v>136</v>
+        <v>18</v>
       </c>
       <c r="K39" s="1" t="s">
-        <v>137</v>
+        <v>19</v>
       </c>
       <c r="L39" s="1" t="s">
         <v>20</v>
       </c>
       <c r="M39" s="1" t="s">
-        <v>138</v>
+        <v>145</v>
       </c>
     </row>
     <row r="40" spans="1:13" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A40" s="1" t="s">
-        <v>139</v>
-[...1 lines deleted...]
-      <c r="B40" s="1"/>
+        <v>123</v>
+      </c>
+      <c r="B40" s="1" t="s">
+        <v>26</v>
+      </c>
       <c r="C40" s="2">
-        <v>1.5072538879695068</v>
+        <v>1.5886659975359312</v>
       </c>
       <c r="D40" s="2">
-        <v>64861037.590000004</v>
+        <v>67673616</v>
       </c>
       <c r="E40" s="2">
-        <v>64861037.590000004</v>
+        <v>98400</v>
       </c>
       <c r="F40" s="1" t="s">
-        <v>140</v>
+        <v>124</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>141</v>
+        <v>125</v>
       </c>
       <c r="H40" s="3" t="s">
-        <v>142</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I40" s="5"/>
       <c r="J40" s="1" t="s">
-        <v>136</v>
+        <v>18</v>
       </c>
       <c r="K40" s="1" t="s">
-        <v>137</v>
+        <v>19</v>
       </c>
       <c r="L40" s="1" t="s">
         <v>20</v>
       </c>
       <c r="M40" s="1" t="s">
-        <v>143</v>
+        <v>126</v>
       </c>
     </row>
     <row r="41" spans="1:13" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A41" s="1" t="s">
-        <v>144</v>
+        <v>158</v>
       </c>
       <c r="B41" s="1" t="s">
         <v>40</v>
       </c>
       <c r="C41" s="2">
-        <v>1.4964930298125323</v>
+        <v>1.4895522693598773</v>
       </c>
       <c r="D41" s="2">
-        <v>64397970</v>
+        <v>63451593</v>
       </c>
       <c r="E41" s="2">
-        <v>351000</v>
+        <v>59300</v>
       </c>
       <c r="F41" s="1" t="s">
-        <v>145</v>
+        <v>159</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>146</v>
+        <v>160</v>
       </c>
       <c r="H41" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I41" s="3"/>
       <c r="J41" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K41" s="1" t="s">
         <v>19</v>
       </c>
       <c r="L41" s="1" t="s">
         <v>20</v>
       </c>
       <c r="M41" s="1" t="s">
-        <v>147</v>
+        <v>161</v>
       </c>
     </row>
     <row r="42" spans="1:13" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A42" s="1" t="s">
-        <v>148</v>
+        <v>166</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>14</v>
+        <v>40</v>
       </c>
       <c r="C42" s="2">
-        <v>1.4849453840018199</v>
+        <v>1.4695231185147435</v>
       </c>
       <c r="D42" s="2">
-        <v>63901044.899999999</v>
+        <v>62598396</v>
       </c>
       <c r="E42" s="2">
-        <v>176571</v>
+        <v>296900</v>
       </c>
       <c r="F42" s="1" t="s">
-        <v>149</v>
+        <v>167</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>150</v>
+        <v>168</v>
       </c>
       <c r="H42" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I42" s="3"/>
       <c r="J42" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K42" s="1" t="s">
         <v>19</v>
       </c>
       <c r="L42" s="1" t="s">
         <v>20</v>
       </c>
       <c r="M42" s="1" t="s">
-        <v>151</v>
+        <v>169</v>
       </c>
     </row>
     <row r="43" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A43" s="1" t="s">
-        <v>152</v>
+        <v>127</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="C43" s="2">
-        <v>1.4501352570021804</v>
+        <v>1.4209429101965012</v>
       </c>
       <c r="D43" s="2">
-        <v>62403075</v>
+        <v>60528987.850000001</v>
       </c>
       <c r="E43" s="2">
-        <v>117500</v>
+        <v>687595</v>
       </c>
       <c r="F43" s="1" t="s">
-        <v>153</v>
+        <v>128</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>154</v>
+        <v>129</v>
       </c>
       <c r="H43" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I43" s="3"/>
       <c r="J43" s="1" t="s">
-        <v>18</v>
+        <v>130</v>
       </c>
       <c r="K43" s="1" t="s">
         <v>19</v>
       </c>
       <c r="L43" s="1" t="s">
         <v>20</v>
       </c>
       <c r="M43" s="1" t="s">
-        <v>155</v>
+        <v>131</v>
       </c>
     </row>
     <row r="44" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A44" s="1" t="s">
-        <v>156</v>
+        <v>119</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>60</v>
+        <v>14</v>
       </c>
       <c r="C44" s="2">
-        <v>1.448010250782348</v>
+        <v>1.2917037765790118</v>
       </c>
       <c r="D44" s="2">
-        <v>62311630.479999997</v>
+        <v>55023690</v>
       </c>
       <c r="E44" s="2">
-        <v>2444552</v>
+        <v>424500</v>
       </c>
       <c r="F44" s="1" t="s">
-        <v>157</v>
+        <v>120</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>158</v>
+        <v>121</v>
       </c>
       <c r="H44" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I44" s="3"/>
       <c r="J44" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K44" s="1" t="s">
         <v>19</v>
       </c>
       <c r="L44" s="1" t="s">
         <v>20</v>
       </c>
       <c r="M44" s="1" t="s">
-        <v>159</v>
+        <v>122</v>
       </c>
     </row>
     <row r="45" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A45" s="1" t="s">
-        <v>160</v>
+        <v>174</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="C45" s="2">
-        <v>1.2713110886619921</v>
+        <v>1.2597075885816458</v>
       </c>
       <c r="D45" s="2">
-        <v>54707808</v>
+        <v>53660724</v>
       </c>
       <c r="E45" s="2">
-        <v>59300</v>
+        <v>563900</v>
       </c>
       <c r="F45" s="1" t="s">
-        <v>161</v>
+        <v>175</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>162</v>
+        <v>176</v>
       </c>
       <c r="H45" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I45" s="3"/>
       <c r="J45" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K45" s="1" t="s">
         <v>19</v>
       </c>
       <c r="L45" s="1" t="s">
         <v>20</v>
       </c>
       <c r="M45" s="1" t="s">
-        <v>163</v>
+        <v>177</v>
       </c>
     </row>
     <row r="46" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A46" s="1" t="s">
-        <v>168</v>
+        <v>146</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="C46" s="2">
-        <v>1.1959466718363714</v>
+        <v>1.2280916038920142</v>
       </c>
       <c r="D46" s="2">
-        <v>51464682</v>
+        <v>52313953.810000002</v>
       </c>
       <c r="E46" s="2">
-        <v>254700</v>
+        <v>164971</v>
       </c>
       <c r="F46" s="1" t="s">
-        <v>169</v>
+        <v>147</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>170</v>
+        <v>148</v>
       </c>
       <c r="H46" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I46" s="3"/>
       <c r="J46" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K46" s="1" t="s">
         <v>19</v>
       </c>
       <c r="L46" s="1" t="s">
         <v>20</v>
       </c>
       <c r="M46" s="1" t="s">
-        <v>171</v>
+        <v>149</v>
       </c>
     </row>
     <row r="47" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A47" s="1" t="s">
-        <v>164</v>
+        <v>190</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>86</v>
+        <v>40</v>
       </c>
       <c r="C47" s="2">
-        <v>1.1532854788146152</v>
+        <v>1.1135892548164328</v>
       </c>
       <c r="D47" s="2">
-        <v>49628860.400000006</v>
+        <v>47436410</v>
       </c>
       <c r="E47" s="2">
-        <v>832699</v>
+        <v>183400</v>
       </c>
       <c r="F47" s="1" t="s">
-        <v>165</v>
+        <v>191</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>166</v>
+        <v>192</v>
       </c>
       <c r="H47" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I47" s="3"/>
       <c r="J47" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K47" s="1" t="s">
         <v>19</v>
       </c>
       <c r="L47" s="1" t="s">
         <v>20</v>
       </c>
       <c r="M47" s="1" t="s">
-        <v>167</v>
+        <v>193</v>
       </c>
     </row>
     <row r="48" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A48" s="1" t="s">
-        <v>172</v>
+        <v>182</v>
       </c>
       <c r="B48" s="1" t="s">
         <v>60</v>
       </c>
       <c r="C48" s="2">
-        <v>1.1480958677911461</v>
+        <v>1.0959228149533928</v>
       </c>
       <c r="D48" s="2">
-        <v>49405538</v>
+        <v>46683859.200000003</v>
       </c>
       <c r="E48" s="2">
-        <v>507400</v>
+        <v>775995</v>
       </c>
       <c r="F48" s="1" t="s">
-        <v>173</v>
+        <v>183</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>174</v>
+        <v>184</v>
       </c>
       <c r="H48" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I48" s="3"/>
       <c r="J48" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K48" s="1" t="s">
         <v>19</v>
       </c>
       <c r="L48" s="1" t="s">
         <v>20</v>
       </c>
       <c r="M48" s="1" t="s">
-        <v>175</v>
+        <v>185</v>
       </c>
     </row>
     <row r="49" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A49" s="1" t="s">
-        <v>176</v>
+        <v>170</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>35</v>
+        <v>60</v>
       </c>
       <c r="C49" s="2">
-        <v>1.0965445659964825</v>
+        <v>1.0333382312284431</v>
       </c>
       <c r="D49" s="2">
-        <v>47187152</v>
+        <v>44017896</v>
       </c>
       <c r="E49" s="2">
-        <v>563900</v>
+        <v>584800</v>
       </c>
       <c r="F49" s="1" t="s">
-        <v>177</v>
+        <v>171</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="H49" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I49" s="3"/>
       <c r="J49" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K49" s="1" t="s">
         <v>19</v>
       </c>
       <c r="L49" s="1" t="s">
         <v>20</v>
       </c>
       <c r="M49" s="1" t="s">
-        <v>179</v>
+        <v>173</v>
       </c>
     </row>
     <row r="50" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A50" s="1" t="s">
-        <v>180</v>
+        <v>198</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>26</v>
+        <v>40</v>
       </c>
       <c r="C50" s="2">
-        <v>1.0124680078435051</v>
+        <v>0.99138370315726265</v>
       </c>
       <c r="D50" s="2">
-        <v>43569120</v>
+        <v>42230727</v>
       </c>
       <c r="E50" s="2">
-        <v>907690</v>
+        <v>284900</v>
       </c>
       <c r="F50" s="1" t="s">
-        <v>181</v>
+        <v>199</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>182</v>
+        <v>200</v>
       </c>
       <c r="H50" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I50" s="3"/>
       <c r="J50" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K50" s="1" t="s">
         <v>19</v>
       </c>
       <c r="L50" s="1" t="s">
         <v>20</v>
       </c>
       <c r="M50" s="1" t="s">
-        <v>183</v>
+        <v>201</v>
       </c>
     </row>
     <row r="51" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A51" s="1" t="s">
-        <v>188</v>
+        <v>207</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="C51" s="2">
-        <v>0.93910467906123773</v>
+        <v>0.97601953917640905</v>
       </c>
       <c r="D51" s="2">
-        <v>40412106</v>
+        <v>41576248</v>
       </c>
       <c r="E51" s="2">
-        <v>244300</v>
+        <v>926800</v>
       </c>
       <c r="F51" s="1" t="s">
-        <v>189</v>
+        <v>208</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>190</v>
+        <v>209</v>
       </c>
       <c r="H51" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I51" s="3"/>
       <c r="J51" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K51" s="1" t="s">
         <v>19</v>
       </c>
       <c r="L51" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="M51" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M51" s="1"/>
     </row>
     <row r="52" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A52" s="1" t="s">
-        <v>184</v>
+        <v>154</v>
       </c>
       <c r="B52" s="1" t="s">
         <v>60</v>
       </c>
       <c r="C52" s="2">
-        <v>0.93514479301628739</v>
+        <v>0.90501705593080584</v>
       </c>
       <c r="D52" s="2">
-        <v>40241701.850000001</v>
+        <v>38551701.119999997</v>
       </c>
       <c r="E52" s="2">
-        <v>839243</v>
+        <v>1708852</v>
       </c>
       <c r="F52" s="1" t="s">
-        <v>185</v>
+        <v>155</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>186</v>
+        <v>156</v>
       </c>
       <c r="H52" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I52" s="3"/>
       <c r="J52" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K52" s="1" t="s">
         <v>19</v>
       </c>
       <c r="L52" s="1" t="s">
         <v>20</v>
       </c>
       <c r="M52" s="1" t="s">
-        <v>187</v>
+        <v>157</v>
       </c>
     </row>
     <row r="53" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A53" s="1" t="s">
-        <v>192</v>
+        <v>186</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="C53" s="2">
-        <v>0.90428702056035737</v>
+        <v>0.90240902877437057</v>
       </c>
       <c r="D53" s="2">
-        <v>38913812</v>
+        <v>38440605</v>
       </c>
       <c r="E53" s="2">
-        <v>183400</v>
+        <v>244300</v>
       </c>
       <c r="F53" s="1" t="s">
-        <v>193</v>
+        <v>187</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>194</v>
+        <v>188</v>
       </c>
       <c r="H53" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I53" s="3"/>
       <c r="J53" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K53" s="1" t="s">
         <v>19</v>
       </c>
       <c r="L53" s="1" t="s">
         <v>20</v>
       </c>
       <c r="M53" s="1" t="s">
-        <v>195</v>
+        <v>189</v>
       </c>
     </row>
     <row r="54" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A54" s="1" t="s">
-        <v>196</v>
+        <v>210</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="C54" s="2">
-        <v>0.85876804366154069</v>
+        <v>0.82912151656205635</v>
       </c>
       <c r="D54" s="2">
-        <v>36955012.560000002</v>
+        <v>35318721</v>
       </c>
       <c r="E54" s="2">
-        <v>568189</v>
+        <v>149700</v>
       </c>
       <c r="F54" s="1" t="s">
-        <v>197</v>
+        <v>211</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>198</v>
+        <v>212</v>
       </c>
       <c r="H54" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I54" s="3"/>
       <c r="J54" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K54" s="1" t="s">
         <v>19</v>
       </c>
       <c r="L54" s="1" t="s">
         <v>20</v>
       </c>
       <c r="M54" s="1" t="s">
-        <v>199</v>
+        <v>213</v>
       </c>
     </row>
     <row r="55" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A55" s="1" t="s">
-        <v>200</v>
+        <v>178</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>40</v>
+        <v>26</v>
       </c>
       <c r="C55" s="2">
-        <v>0.76828395660458748</v>
+        <v>0.82527419472043995</v>
       </c>
       <c r="D55" s="2">
-        <v>33061248</v>
+        <v>35154833.700000003</v>
       </c>
       <c r="E55" s="2">
-        <v>260900</v>
+        <v>907690</v>
       </c>
       <c r="F55" s="1" t="s">
-        <v>201</v>
+        <v>179</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>202</v>
+        <v>180</v>
       </c>
       <c r="H55" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I55" s="3"/>
       <c r="J55" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K55" s="1" t="s">
         <v>19</v>
       </c>
       <c r="L55" s="1" t="s">
         <v>20</v>
       </c>
       <c r="M55" s="1" t="s">
-        <v>203</v>
+        <v>181</v>
       </c>
     </row>
     <row r="56" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A56" s="1" t="s">
-        <v>204</v>
+        <v>218</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>205</v>
+        <v>35</v>
       </c>
       <c r="C56" s="2">
-        <v>0.64944853260157609</v>
+        <v>0.7833496048418136</v>
       </c>
       <c r="D56" s="2">
-        <v>27947452</v>
+        <v>33368940</v>
       </c>
       <c r="E56" s="2">
-        <v>392300</v>
+        <v>532200</v>
       </c>
       <c r="F56" s="1" t="s">
-        <v>206</v>
+        <v>219</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>207</v>
+        <v>220</v>
       </c>
       <c r="H56" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I56" s="3"/>
       <c r="J56" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K56" s="1" t="s">
         <v>19</v>
       </c>
       <c r="L56" s="1" t="s">
         <v>20</v>
       </c>
       <c r="M56" s="1" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
     </row>
     <row r="57" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A57" s="1" t="s">
-        <v>209</v>
+        <v>202</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>35</v>
+        <v>203</v>
       </c>
       <c r="C57" s="2">
-        <v>0.62616706115404375</v>
+        <v>0.78261515311104002</v>
       </c>
       <c r="D57" s="2">
-        <v>26945590</v>
+        <v>33337654</v>
       </c>
       <c r="E57" s="2">
-        <v>622300</v>
+        <v>392300</v>
       </c>
       <c r="F57" s="1" t="s">
-        <v>210</v>
+        <v>204</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>211</v>
+        <v>205</v>
       </c>
       <c r="H57" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I57" s="3"/>
       <c r="J57" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K57" s="1" t="s">
         <v>19</v>
       </c>
       <c r="L57" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="M57" s="1"/>
+      <c r="M57" s="1" t="s">
+        <v>206</v>
+      </c>
     </row>
     <row r="58" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A58" s="1" t="s">
-        <v>212</v>
+        <v>194</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="C58" s="2">
-        <v>0.61751327095169672</v>
+        <v>0.74982213076283744</v>
       </c>
       <c r="D58" s="2">
-        <v>26573195</v>
+        <v>31940744.640000001</v>
       </c>
       <c r="E58" s="2">
-        <v>121700</v>
+        <v>568189</v>
       </c>
       <c r="F58" s="1" t="s">
-        <v>213</v>
+        <v>195</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>214</v>
+        <v>196</v>
       </c>
       <c r="H58" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I58" s="3"/>
       <c r="J58" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K58" s="1" t="s">
         <v>19</v>
       </c>
       <c r="L58" s="1" t="s">
         <v>20</v>
       </c>
       <c r="M58" s="1" t="s">
-        <v>215</v>
+        <v>197</v>
       </c>
     </row>
     <row r="59" spans="1:13" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A59" s="1" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="B59" s="1" t="s">
         <v>40</v>
       </c>
       <c r="C59" s="2">
-        <v>0.5978730398387182</v>
+        <v>0.73858535169383088</v>
       </c>
       <c r="D59" s="2">
-        <v>25728025</v>
+        <v>31462083</v>
       </c>
       <c r="E59" s="2">
         <v>268700</v>
       </c>
       <c r="F59" s="1" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="H59" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I59" s="3"/>
       <c r="J59" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K59" s="1" t="s">
         <v>19</v>
       </c>
       <c r="L59" s="1" t="s">
         <v>20</v>
       </c>
       <c r="M59" s="1" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
     </row>
     <row r="60" spans="1:13" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A60" s="1" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>35</v>
+        <v>99</v>
       </c>
       <c r="C60" s="2">
-        <v>0.56234436207382721</v>
+        <v>0.5884421820662703</v>
       </c>
       <c r="D60" s="2">
-        <v>24199134</v>
+        <v>25066320</v>
       </c>
       <c r="E60" s="2">
-        <v>532200</v>
+        <v>71700</v>
       </c>
       <c r="F60" s="1" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="H60" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I60" s="3"/>
       <c r="J60" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K60" s="1" t="s">
         <v>19</v>
       </c>
       <c r="L60" s="1" t="s">
         <v>20</v>
       </c>
       <c r="M60" s="1" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
     </row>
     <row r="61" spans="1:13" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A61" s="1" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>99</v>
+        <v>35</v>
       </c>
       <c r="C61" s="2">
-        <v>0.54947253612718017</v>
+        <v>0.56582737894911062</v>
       </c>
       <c r="D61" s="2">
-        <v>23645226</v>
+        <v>24102980</v>
       </c>
       <c r="E61" s="2">
-        <v>71700</v>
+        <v>615500</v>
       </c>
       <c r="F61" s="1" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="H61" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I61" s="3"/>
       <c r="J61" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K61" s="1" t="s">
         <v>19</v>
       </c>
       <c r="L61" s="1" t="s">
         <v>20</v>
       </c>
       <c r="M61" s="1" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
     </row>
     <row r="62" spans="1:13" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A62" s="1" t="s">
-        <v>228</v>
+        <v>162</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>35</v>
+        <v>86</v>
       </c>
       <c r="C62" s="2">
-        <v>0.44339651164994837</v>
+        <v>0.49337915378741609</v>
       </c>
       <c r="D62" s="2">
-        <v>19080500</v>
+        <v>21016847.75</v>
       </c>
       <c r="E62" s="2">
-        <v>615500</v>
+        <v>328645</v>
       </c>
       <c r="F62" s="1" t="s">
-        <v>229</v>
+        <v>163</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>230</v>
+        <v>164</v>
       </c>
       <c r="H62" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I62" s="3"/>
       <c r="J62" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K62" s="1" t="s">
         <v>19</v>
       </c>
       <c r="L62" s="1" t="s">
         <v>20</v>
       </c>
       <c r="M62" s="1" t="s">
-        <v>231</v>
+        <v>165</v>
       </c>
     </row>
     <row r="63" spans="1:13" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A63" s="1" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="B63" s="1"/>
       <c r="C63" s="2">
-        <v>1.7209979956648686E-5</v>
+        <v>1.7385655158653488E-5</v>
       </c>
       <c r="D63" s="2">
         <v>740.59</v>
       </c>
       <c r="E63" s="2">
         <v>370293</v>
       </c>
       <c r="F63" s="2"/>
       <c r="G63" s="1" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="H63" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I63" s="3"/>
       <c r="J63" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K63" s="1" t="s">
         <v>19</v>
       </c>
       <c r="L63" s="1" t="s">
         <v>20</v>
       </c>
       <c r="M63" s="1" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
     </row>
     <row r="64" spans="1:13" x14ac:dyDescent="0.25">
       <c r="D64" s="6"/>
     </row>
     <row r="69" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A69" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
     </row>
     <row r="70" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A70" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
     </row>
     <row r="71" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A71" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
     </row>
     <row r="72" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A72" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
     </row>
     <row r="73" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A73" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
     </row>
     <row r="74" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A74" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A12:M63">
     <sortCondition descending="1" ref="C11:C63"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100434CE3F8FEBB244F858BBE1DD8B45B8C" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="bcb998d0d21e2031e911b2b5c1e16914">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9379bc3f-8eca-4bc5-9e54-5c43d66a46ba" xmlns:ns3="aa71bc78-42bd-452f-85da-b0a25b97c36d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="9ca44bfe36afc5eab50409137d9a04ad" ns2:_="" ns3:_="">
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_Flow_SignoffStatus xmlns="9379bc3f-8eca-4bc5-9e54-5c43d66a46ba" xsi:nil="true"/>
+    <TaxCatchAll xmlns="aa71bc78-42bd-452f-85da-b0a25b97c36d" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="9379bc3f-8eca-4bc5-9e54-5c43d66a46ba">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100434CE3F8FEBB244F858BBE1DD8B45B8C" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="2dd9e93ca72a48091795bd8bd10dac6f">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9379bc3f-8eca-4bc5-9e54-5c43d66a46ba" xmlns:ns3="aa71bc78-42bd-452f-85da-b0a25b97c36d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="42a349b0c0865e57489f8dd83e6a8e2d" ns2:_="" ns3:_="">
     <xsd:import namespace="9379bc3f-8eca-4bc5-9e54-5c43d66a46ba"/>
     <xsd:import namespace="aa71bc78-42bd-452f-85da-b0a25b97c36d"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:_Flow_SignoffStatus" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
@@ -4406,102 +4430,110 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...19 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{81DC51BD-19EA-4847-90EC-1544DBB3A38E}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{599D928E-B86B-490D-A91F-EE6F4E39EA24}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{599D928E-B86B-490D-A91F-EE6F4E39EA24}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8A9A088B-5FBA-401E-8C01-BC397FA5F320}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="9379bc3f-8eca-4bc5-9e54-5c43d66a46ba"/>
+    <ds:schemaRef ds:uri="aa71bc78-42bd-452f-85da-b0a25b97c36d"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8A9A088B-5FBA-401E-8C01-BC397FA5F320}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6ABFB3C8-20A0-4DFF-9B7E-0F27DB2A6227}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="9379bc3f-8eca-4bc5-9e54-5c43d66a46ba"/>
+    <ds:schemaRef ds:uri="aa71bc78-42bd-452f-85da-b0a25b97c36d"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>WEB Holdings File</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Randall, Bradley</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100434CE3F8FEBB244F858BBE1DD8B45B8C</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>