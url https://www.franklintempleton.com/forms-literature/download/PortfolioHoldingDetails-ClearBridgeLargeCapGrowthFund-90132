--- v0 (2025-12-15)
+++ v1 (2026-02-11)
@@ -1,86 +1,86 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://franklintempleton.sharepoint.com/teams/LMUSFundOperations/Shared Documents/Oversight/RIKs/Non_Pro Rata RIKs/2025/CB Large Cap Growth Fund - LMA1700 12.3.25/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="8" documentId="8_{C2A3A077-A51F-45D0-93E8-E4A90B0FC63B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{4EAE73CD-77DA-45EF-AD66-6D9DF5790C03}"/>
+  <xr:revisionPtr revIDLastSave="24" documentId="8_{C2A3A077-A51F-45D0-93E8-E4A90B0FC63B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{2611285C-21A6-4606-B5C4-653D135269EE}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{01DDE1CA-3FDA-4F5A-B23D-487B0A852887}"/>
+    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{01DDE1CA-3FDA-4F5A-B23D-487B0A852887}"/>
   </bookViews>
   <sheets>
     <sheet name="WEB Holdings File" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="408" uniqueCount="215">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="390" uniqueCount="205">
   <si>
     <t xml:space="preserve">Security Name
 </t>
   </si>
   <si>
     <t xml:space="preserve">Sector Name
 </t>
   </si>
   <si>
     <t xml:space="preserve">Weight (%)
 </t>
   </si>
   <si>
     <t xml:space="preserve">Market Value ($)
 </t>
   </si>
   <si>
     <t xml:space="preserve">Quantity
 </t>
   </si>
   <si>
     <t xml:space="preserve">Ticker
 </t>
   </si>
   <si>
@@ -213,62 +213,50 @@
   <si>
     <t>JPMORGAN 100 US TREASU-L</t>
   </si>
   <si>
     <t>JTSXX</t>
   </si>
   <si>
     <t>US4812A28358</t>
   </si>
   <si>
     <t>4812A2835</t>
   </si>
   <si>
     <t>WW GRAINGER INC</t>
   </si>
   <si>
     <t>GWW</t>
   </si>
   <si>
     <t>US3848021040</t>
   </si>
   <si>
     <t>384802104</t>
   </si>
   <si>
-    <t>STARBUCKS CORP</t>
-[...10 lines deleted...]
-  <si>
     <t>Consumer Staples</t>
   </si>
   <si>
     <t>SHERWIN-WILLIAMS CO/THE</t>
   </si>
   <si>
     <t>SHW</t>
   </si>
   <si>
     <t>US8243481061</t>
   </si>
   <si>
     <t>824348106</t>
   </si>
   <si>
     <t>CHIPOTLE MEXICAN GRILL INC</t>
   </si>
   <si>
     <t>CMG</t>
   </si>
   <si>
     <t>US1696561059</t>
   </si>
   <si>
     <t>169656105</t>
@@ -558,131 +546,80 @@
   <si>
     <t>RTX</t>
   </si>
   <si>
     <t>US75513E1010</t>
   </si>
   <si>
     <t>75513E101</t>
   </si>
   <si>
     <t>AIRBUS SE</t>
   </si>
   <si>
     <t>EADSY</t>
   </si>
   <si>
     <t>US0092791005</t>
   </si>
   <si>
     <t>009279100</t>
   </si>
   <si>
     <t>MARSH &amp; MCLENNAN COS INC</t>
   </si>
   <si>
-    <t>MMC</t>
-[...1 lines deleted...]
-  <si>
     <t>US5717481023</t>
   </si>
   <si>
     <t>571748102</t>
   </si>
   <si>
     <t>S&amp;P GLOBAL INC</t>
   </si>
   <si>
     <t>SPGI</t>
   </si>
   <si>
     <t>US78409V1044</t>
   </si>
   <si>
     <t>78409V104</t>
   </si>
   <si>
-    <t>EQUINIX INC</t>
-[...16 lines deleted...]
-  <si>
     <t>MONSTER BEVERAGE CORP</t>
   </si>
   <si>
     <t>MNST</t>
   </si>
   <si>
     <t>US61174X1090</t>
   </si>
   <si>
     <t>61174X109</t>
   </si>
   <si>
-    <t>3.742674</t>
-[...28 lines deleted...]
-  <si>
     <t>FAIR ISAAC CORP</t>
   </si>
   <si>
     <t>FICO</t>
   </si>
   <si>
     <t>US3032501047</t>
   </si>
   <si>
     <t>303250104</t>
   </si>
   <si>
     <t>SALESFORCE INC</t>
   </si>
   <si>
     <t>CRM</t>
   </si>
   <si>
     <t>US79466L3024</t>
   </si>
   <si>
     <t>79466L302</t>
   </si>
   <si>
     <t>LINDE PLC</t>
@@ -694,50 +631,83 @@
     <t>IE000S9YS762</t>
   </si>
   <si>
     <t>DATADOG INC</t>
   </si>
   <si>
     <t>DDOG</t>
   </si>
   <si>
     <t>US23804L1035</t>
   </si>
   <si>
     <t>23804L103</t>
   </si>
   <si>
     <t>PARKER-HANNIFIN CORP</t>
   </si>
   <si>
     <t>PH</t>
   </si>
   <si>
     <t>US7010941042</t>
   </si>
   <si>
     <t>701094104</t>
+  </si>
+  <si>
+    <t>MRSH</t>
+  </si>
+  <si>
+    <t>3.530061</t>
+  </si>
+  <si>
+    <t>3.592075</t>
+  </si>
+  <si>
+    <t>ARISTA NETWORKS INC</t>
+  </si>
+  <si>
+    <t>ANET</t>
+  </si>
+  <si>
+    <t>US0404132054</t>
+  </si>
+  <si>
+    <t>040413205</t>
+  </si>
+  <si>
+    <t>ROCHE HOLDING AG</t>
+  </si>
+  <si>
+    <t>RHHBY</t>
+  </si>
+  <si>
+    <t>US7711951043</t>
+  </si>
+  <si>
+    <t>771195104</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="#,##0.00;\-#,##0.00;0.00"/>
     <numFmt numFmtId="165" formatCode="mm/dd/yyyy"/>
   </numFmts>
   <fonts count="2" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -1064,62 +1034,62 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8C0C7A6E-9CA1-40C7-B7B3-24EF53886318}">
-  <dimension ref="A1:M65"/>
+  <dimension ref="A1:M63"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A30" workbookViewId="0">
+    <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="C11" sqref="C11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="62" customWidth="1"/>
     <col min="2" max="2" width="19" customWidth="1"/>
     <col min="3" max="3" width="10" customWidth="1"/>
-    <col min="4" max="4" width="15" customWidth="1"/>
+    <col min="4" max="4" width="16.08984375" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="12.7265625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="14.54296875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="8.54296875" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15" customWidth="1"/>
     <col min="10" max="10" width="22" customWidth="1"/>
     <col min="11" max="11" width="11" customWidth="1"/>
     <col min="12" max="12" width="18" customWidth="1"/>
     <col min="13" max="13" width="10" customWidth="1"/>
     <col min="250" max="250" width="62" customWidth="1"/>
     <col min="251" max="251" width="19" customWidth="1"/>
     <col min="252" max="252" width="10" customWidth="1"/>
     <col min="253" max="253" width="15" customWidth="1"/>
     <col min="254" max="254" width="12.7265625" bestFit="1" customWidth="1"/>
     <col min="255" max="255" width="8" bestFit="1" customWidth="1"/>
     <col min="256" max="256" width="14.54296875" bestFit="1" customWidth="1"/>
     <col min="257" max="257" width="8.54296875" bestFit="1" customWidth="1"/>
     <col min="258" max="258" width="15" customWidth="1"/>
     <col min="259" max="259" width="22" customWidth="1"/>
     <col min="260" max="260" width="11" customWidth="1"/>
     <col min="261" max="261" width="18" customWidth="1"/>
     <col min="262" max="262" width="10" customWidth="1"/>
     <col min="506" max="506" width="62" customWidth="1"/>
     <col min="507" max="507" width="19" customWidth="1"/>
     <col min="508" max="508" width="10" customWidth="1"/>
@@ -1908,1858 +1878,1771 @@
     <col min="15871" max="15871" width="8" bestFit="1" customWidth="1"/>
     <col min="15872" max="15872" width="14.54296875" bestFit="1" customWidth="1"/>
     <col min="15873" max="15873" width="8.54296875" bestFit="1" customWidth="1"/>
     <col min="15874" max="15874" width="15" customWidth="1"/>
     <col min="15875" max="15875" width="22" customWidth="1"/>
     <col min="15876" max="15876" width="11" customWidth="1"/>
     <col min="15877" max="15877" width="18" customWidth="1"/>
     <col min="15878" max="15878" width="10" customWidth="1"/>
     <col min="16122" max="16122" width="62" customWidth="1"/>
     <col min="16123" max="16123" width="19" customWidth="1"/>
     <col min="16124" max="16124" width="10" customWidth="1"/>
     <col min="16125" max="16125" width="15" customWidth="1"/>
     <col min="16126" max="16126" width="12.7265625" bestFit="1" customWidth="1"/>
     <col min="16127" max="16127" width="8" bestFit="1" customWidth="1"/>
     <col min="16128" max="16128" width="14.54296875" bestFit="1" customWidth="1"/>
     <col min="16129" max="16129" width="8.54296875" bestFit="1" customWidth="1"/>
     <col min="16130" max="16130" width="15" customWidth="1"/>
     <col min="16131" max="16131" width="22" customWidth="1"/>
     <col min="16132" max="16132" width="11" customWidth="1"/>
     <col min="16133" max="16133" width="18" customWidth="1"/>
     <col min="16134" max="16134" width="10" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
     </row>
     <row r="2" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
     </row>
     <row r="3" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="4" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
     </row>
     <row r="6" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="B6" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="C6" s="7">
-        <v>45994</v>
+        <v>46045</v>
       </c>
     </row>
     <row r="11" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A11" t="s">
         <v>0</v>
       </c>
       <c r="B11" t="s">
         <v>1</v>
       </c>
       <c r="C11" t="s">
         <v>2</v>
       </c>
       <c r="D11" t="s">
         <v>3</v>
       </c>
       <c r="E11" t="s">
         <v>4</v>
       </c>
       <c r="F11" t="s">
         <v>5</v>
       </c>
       <c r="G11" t="s">
         <v>6</v>
       </c>
       <c r="H11" t="s">
         <v>7</v>
       </c>
       <c r="I11" t="s">
         <v>8</v>
       </c>
       <c r="J11" t="s">
         <v>9</v>
       </c>
       <c r="K11" t="s">
         <v>10</v>
       </c>
       <c r="L11" t="s">
         <v>11</v>
       </c>
       <c r="M11" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A12" s="1" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="2">
-        <v>12.267296450369376</v>
+        <v>12.973000079044084</v>
       </c>
       <c r="D12" s="2">
-        <v>1439238210.98</v>
+        <v>1471471300.46</v>
       </c>
       <c r="E12" s="2">
-        <v>8014022</v>
+        <v>7840738</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="H12" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="3"/>
       <c r="J12" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="1" t="s">
         <v>19</v>
       </c>
       <c r="L12" s="1" t="s">
         <v>20</v>
       </c>
       <c r="M12" s="1" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
     </row>
     <row r="13" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A13" s="1" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>27</v>
       </c>
       <c r="C13" s="2">
-        <v>7.7530559523086451</v>
+        <v>7.7139367574468363</v>
       </c>
       <c r="D13" s="2">
-        <v>909613167.29999995</v>
+        <v>874958489.39999998</v>
       </c>
       <c r="E13" s="2">
-        <v>3914335</v>
+        <v>3658465</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="H13" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I13" s="3"/>
       <c r="J13" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="1" t="s">
         <v>19</v>
       </c>
       <c r="L13" s="1" t="s">
         <v>20</v>
       </c>
       <c r="M13" s="1" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
     </row>
     <row r="14" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A14" s="1" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>14</v>
+        <v>29</v>
       </c>
       <c r="C14" s="2">
-        <v>7.3208306696778092</v>
+        <v>6.1926555796160132</v>
       </c>
       <c r="D14" s="2">
-        <v>858903123.31999993</v>
+        <v>702406143.79999995</v>
       </c>
       <c r="E14" s="2">
-        <v>1797884</v>
+        <v>1066255</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="H14" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I14" s="3"/>
       <c r="J14" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="1" t="s">
         <v>19</v>
       </c>
       <c r="L14" s="1" t="s">
         <v>20</v>
       </c>
       <c r="M14" s="1" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
     </row>
     <row r="15" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A15" s="1" t="s">
-        <v>91</v>
+        <v>83</v>
       </c>
       <c r="B15" s="1" t="s">
         <v>14</v>
       </c>
       <c r="C15" s="2">
-        <v>5.9521297220642655</v>
+        <v>6.1901124658272284</v>
       </c>
       <c r="D15" s="2">
-        <v>698322777.75</v>
+        <v>702117689.39999998</v>
       </c>
       <c r="E15" s="2">
-        <v>2457585</v>
+        <v>1506852</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>92</v>
+        <v>84</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>93</v>
+        <v>85</v>
       </c>
       <c r="H15" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I15" s="3"/>
       <c r="J15" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="1" t="s">
         <v>19</v>
       </c>
       <c r="L15" s="1" t="s">
         <v>20</v>
       </c>
       <c r="M15" s="1" t="s">
-        <v>94</v>
+        <v>86</v>
       </c>
     </row>
     <row r="16" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A16" s="1" t="s">
-        <v>95</v>
+        <v>87</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="C16" s="2">
-        <v>5.8727721742191168</v>
+        <v>4.8739258005601895</v>
       </c>
       <c r="D16" s="2">
-        <v>689012298</v>
+        <v>552828327.48000002</v>
       </c>
       <c r="E16" s="2">
-        <v>1077255</v>
+        <v>2228787</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>96</v>
+        <v>88</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>97</v>
+        <v>89</v>
       </c>
       <c r="H16" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I16" s="3"/>
       <c r="J16" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="1" t="s">
         <v>19</v>
       </c>
       <c r="L16" s="1" t="s">
         <v>20</v>
       </c>
       <c r="M16" s="1" t="s">
-        <v>98</v>
+        <v>90</v>
       </c>
     </row>
     <row r="17" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A17" s="1" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>30</v>
       </c>
       <c r="C17" s="2">
-        <v>3.7073967780725274</v>
+        <v>3.7560614628562612</v>
       </c>
       <c r="D17" s="2">
-        <v>434963573.90999997</v>
+        <v>426033809.57999998</v>
       </c>
       <c r="E17" s="2">
-        <v>1319631</v>
+        <v>1306131</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="H17" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I17" s="3"/>
       <c r="J17" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="1" t="s">
         <v>19</v>
       </c>
       <c r="L17" s="1" t="s">
         <v>20</v>
       </c>
       <c r="M17" s="1" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
     </row>
     <row r="18" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A18" s="1" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="B18" s="1" t="s">
         <v>29</v>
       </c>
       <c r="C18" s="2">
-        <v>3.4453592203888528</v>
+        <v>3.252557441542085</v>
       </c>
       <c r="D18" s="2">
-        <v>404220494.75999999</v>
+        <v>368923525.72000003</v>
       </c>
       <c r="E18" s="2">
-        <v>3888231</v>
+        <v>4283831</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="H18" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I18" s="3"/>
       <c r="J18" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="1" t="s">
         <v>19</v>
       </c>
       <c r="L18" s="1" t="s">
         <v>20</v>
       </c>
       <c r="M18" s="1" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
     </row>
     <row r="19" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A19" s="1" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="B19" s="1" t="s">
         <v>29</v>
       </c>
       <c r="C19" s="2">
-        <v>2.9100771146639803</v>
+        <v>3.0570121777074415</v>
       </c>
       <c r="D19" s="2">
-        <v>341419496.73000002</v>
+        <v>346743672.02999997</v>
       </c>
       <c r="E19" s="2">
-        <v>1068171</v>
+        <v>1057371</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="H19" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I19" s="3"/>
       <c r="J19" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="1" t="s">
         <v>19</v>
       </c>
       <c r="L19" s="1" t="s">
         <v>20</v>
       </c>
       <c r="M19" s="1" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
     </row>
     <row r="20" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A20" s="1" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>23</v>
       </c>
       <c r="C20" s="2">
-        <v>2.599787456388738</v>
+        <v>2.4479068543874942</v>
       </c>
       <c r="D20" s="2">
-        <v>305015327.76999998</v>
+        <v>277655489.13</v>
       </c>
       <c r="E20" s="2">
-        <v>535387</v>
+        <v>529887</v>
       </c>
       <c r="F20" s="1" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="H20" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I20" s="3"/>
       <c r="J20" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="1" t="s">
         <v>19</v>
       </c>
       <c r="L20" s="1" t="s">
         <v>20</v>
       </c>
       <c r="M20" s="1" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
     </row>
     <row r="21" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A21" s="1" t="s">
         <v>115</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="C21" s="2">
-        <v>2.5791072820078349</v>
+        <v>2.3746240212450287</v>
       </c>
       <c r="D21" s="2">
-        <v>302589063.98000002</v>
+        <v>269343334.25999999</v>
       </c>
       <c r="E21" s="2">
-        <v>677327</v>
+        <v>1494857</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>116</v>
       </c>
       <c r="G21" s="1" t="s">
         <v>117</v>
       </c>
       <c r="H21" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I21" s="3"/>
       <c r="J21" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="1" t="s">
         <v>19</v>
       </c>
       <c r="L21" s="1" t="s">
         <v>20</v>
       </c>
       <c r="M21" s="1" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="22" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A22" s="1" t="s">
-        <v>119</v>
+        <v>135</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>14</v>
       </c>
       <c r="C22" s="2">
-        <v>2.4926909557465948</v>
+        <v>2.3426884397633767</v>
       </c>
       <c r="D22" s="2">
-        <v>292450425.91000003</v>
+        <v>265721019.34999999</v>
       </c>
       <c r="E22" s="2">
-        <v>1510357</v>
+        <v>793505</v>
       </c>
       <c r="F22" s="1" t="s">
-        <v>120</v>
+        <v>136</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>121</v>
+        <v>137</v>
       </c>
       <c r="H22" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I22" s="3"/>
       <c r="J22" s="1" t="s">
-        <v>18</v>
+        <v>138</v>
       </c>
       <c r="K22" s="1" t="s">
         <v>19</v>
       </c>
       <c r="L22" s="1" t="s">
         <v>20</v>
       </c>
       <c r="M22" s="1" t="s">
-        <v>122</v>
+        <v>139</v>
       </c>
     </row>
     <row r="23" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A23" s="1" t="s">
-        <v>13</v>
+        <v>119</v>
       </c>
       <c r="B23" s="1" t="s">
         <v>14</v>
       </c>
       <c r="C23" s="2">
-        <v>2.3525745260502604</v>
+        <v>2.3266510272640923</v>
       </c>
       <c r="D23" s="2">
-        <v>276011521.01999998</v>
+        <v>263901965</v>
       </c>
       <c r="E23" s="2">
-        <v>725182</v>
+        <v>1489625</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>15</v>
+        <v>120</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>16</v>
+        <v>121</v>
       </c>
       <c r="H23" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I23" s="3"/>
       <c r="J23" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="1" t="s">
         <v>19</v>
       </c>
       <c r="L23" s="1" t="s">
         <v>20</v>
       </c>
       <c r="M23" s="1" t="s">
-        <v>21</v>
+        <v>122</v>
       </c>
     </row>
     <row r="24" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A24" s="1" t="s">
-        <v>123</v>
+        <v>130</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>14</v>
       </c>
       <c r="C24" s="2">
-        <v>2.2726891266688729</v>
+        <v>2.2105229048350497</v>
       </c>
       <c r="D24" s="2">
-        <v>266639112.05000001</v>
+        <v>250730054.24000001</v>
       </c>
       <c r="E24" s="2">
-        <v>1283585</v>
+        <v>180506</v>
       </c>
       <c r="F24" s="1" t="s">
-        <v>124</v>
+        <v>131</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>125</v>
+        <v>132</v>
       </c>
       <c r="H24" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I24" s="3"/>
       <c r="J24" s="1" t="s">
-        <v>18</v>
+        <v>133</v>
       </c>
       <c r="K24" s="1" t="s">
         <v>19</v>
       </c>
       <c r="L24" s="1" t="s">
         <v>20</v>
       </c>
       <c r="M24" s="1" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
     </row>
     <row r="25" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A25" s="1" t="s">
-        <v>127</v>
+        <v>50</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="C25" s="2">
-        <v>2.1341394233634614</v>
+        <v>2.0538916200518482</v>
       </c>
       <c r="D25" s="2">
-        <v>250384020.47999999</v>
+        <v>232964044.91999999</v>
       </c>
       <c r="E25" s="2">
-        <v>386586</v>
+        <v>220222</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>128</v>
+        <v>51</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>129</v>
+        <v>52</v>
       </c>
       <c r="H25" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I25" s="3"/>
       <c r="J25" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="1" t="s">
         <v>19</v>
       </c>
       <c r="L25" s="1" t="s">
         <v>20</v>
       </c>
       <c r="M25" s="1" t="s">
-        <v>130</v>
+        <v>53</v>
       </c>
     </row>
     <row r="26" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A26" s="1" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C26" s="2">
-        <v>2.0259761591745424</v>
+        <v>2.0471099144554818</v>
       </c>
       <c r="D26" s="2">
-        <v>237693962.53</v>
+        <v>232194825.38</v>
       </c>
       <c r="E26" s="2">
-        <v>708329</v>
+        <v>701029</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H26" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I26" s="3"/>
       <c r="J26" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="1" t="s">
         <v>19</v>
       </c>
       <c r="L26" s="1" t="s">
         <v>20</v>
       </c>
       <c r="M26" s="1"/>
     </row>
     <row r="27" spans="1:13" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A27" s="1" t="s">
-        <v>134</v>
+        <v>13</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="2">
-        <v>1.942059296904866</v>
+        <v>2.0253450339406092</v>
       </c>
       <c r="D27" s="2">
-        <v>227848569.52000001</v>
+        <v>229726129.09999999</v>
       </c>
       <c r="E27" s="2">
-        <v>199706</v>
+        <v>717782</v>
       </c>
       <c r="F27" s="1" t="s">
-        <v>135</v>
+        <v>15</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>136</v>
+        <v>16</v>
       </c>
       <c r="H27" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I27" s="3"/>
       <c r="J27" s="1" t="s">
-        <v>137</v>
+        <v>18</v>
       </c>
       <c r="K27" s="1" t="s">
         <v>19</v>
       </c>
       <c r="L27" s="1" t="s">
         <v>20</v>
       </c>
       <c r="M27" s="1" t="s">
-        <v>138</v>
+        <v>21</v>
       </c>
     </row>
     <row r="28" spans="1:13" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A28" s="1" t="s">
-        <v>139</v>
+        <v>123</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>14</v>
       </c>
       <c r="C28" s="2">
-        <v>1.826950647494378</v>
+        <v>1.9022598901423944</v>
       </c>
       <c r="D28" s="2">
-        <v>214343656.90000001</v>
+        <v>215765113.49000001</v>
       </c>
       <c r="E28" s="2">
-        <v>725482</v>
+        <v>382586</v>
       </c>
       <c r="F28" s="1" t="s">
-        <v>140</v>
+        <v>124</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>141</v>
+        <v>125</v>
       </c>
       <c r="H28" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I28" s="3"/>
       <c r="J28" s="1" t="s">
-        <v>142</v>
+        <v>18</v>
       </c>
       <c r="K28" s="1" t="s">
         <v>19</v>
       </c>
       <c r="L28" s="1" t="s">
         <v>20</v>
       </c>
       <c r="M28" s="1" t="s">
-        <v>143</v>
+        <v>126</v>
       </c>
     </row>
     <row r="29" spans="1:13" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A29" s="1" t="s">
-        <v>144</v>
+        <v>22</v>
       </c>
       <c r="B29" s="1" t="s">
         <v>23</v>
       </c>
       <c r="C29" s="2">
-        <v>1.8225200847811058</v>
+        <v>1.8939880841002195</v>
       </c>
       <c r="D29" s="2">
-        <v>213823849.19999999</v>
+        <v>214826878.30000001</v>
       </c>
       <c r="E29" s="2">
-        <v>368376</v>
+        <v>458630</v>
       </c>
       <c r="F29" s="1" t="s">
-        <v>145</v>
+        <v>24</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>146</v>
+        <v>25</v>
       </c>
       <c r="H29" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I29" s="3"/>
       <c r="J29" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="1" t="s">
         <v>19</v>
       </c>
       <c r="L29" s="1" t="s">
         <v>20</v>
       </c>
       <c r="M29" s="1" t="s">
-        <v>147</v>
+        <v>26</v>
       </c>
     </row>
     <row r="30" spans="1:13" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A30" s="1" t="s">
-        <v>22</v>
+        <v>111</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="C30" s="2">
-        <v>1.756743608217608</v>
+        <v>1.8549304046926427</v>
       </c>
       <c r="D30" s="2">
-        <v>206106743.90000001</v>
+        <v>210396734.62</v>
       </c>
       <c r="E30" s="2">
-        <v>445030</v>
+        <v>468527</v>
       </c>
       <c r="F30" s="1" t="s">
-        <v>24</v>
+        <v>112</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>25</v>
+        <v>113</v>
       </c>
       <c r="H30" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I30" s="3"/>
       <c r="J30" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="1" t="s">
         <v>19</v>
       </c>
       <c r="L30" s="1" t="s">
         <v>20</v>
       </c>
       <c r="M30" s="1" t="s">
-        <v>26</v>
+        <v>114</v>
       </c>
     </row>
     <row r="31" spans="1:13" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A31" s="1" t="s">
-        <v>50</v>
+        <v>32</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C31" s="2">
-        <v>1.6478314319114558</v>
+        <v>1.7769277715889789</v>
       </c>
       <c r="D31" s="2">
-        <v>193328821.19999999</v>
+        <v>201549233.25</v>
       </c>
       <c r="E31" s="2">
-        <v>199070</v>
+        <v>1525155</v>
       </c>
       <c r="F31" s="1" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>52</v>
+        <v>34</v>
       </c>
       <c r="H31" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I31" s="3"/>
       <c r="J31" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="1" t="s">
         <v>19</v>
       </c>
       <c r="L31" s="1" t="s">
         <v>20</v>
       </c>
       <c r="M31" s="1" t="s">
-        <v>53</v>
+        <v>35</v>
       </c>
     </row>
     <row r="32" spans="1:13" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A32" s="1" t="s">
-        <v>148</v>
+        <v>140</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="C32" s="2">
-        <v>1.5936652563778564</v>
+        <v>1.7565194931748531</v>
       </c>
       <c r="D32" s="2">
-        <v>186973873.31999999</v>
+        <v>199234410.47999999</v>
       </c>
       <c r="E32" s="2">
-        <v>400853</v>
+        <v>318276</v>
       </c>
       <c r="F32" s="1" t="s">
-        <v>149</v>
+        <v>141</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>150</v>
+        <v>142</v>
       </c>
       <c r="H32" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I32" s="3"/>
       <c r="J32" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K32" s="1" t="s">
         <v>19</v>
       </c>
       <c r="L32" s="1" t="s">
         <v>20</v>
       </c>
       <c r="M32" s="1" t="s">
-        <v>151</v>
+        <v>143</v>
       </c>
     </row>
     <row r="33" spans="1:13" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A33" s="1" t="s">
-        <v>152</v>
+        <v>144</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>28</v>
+        <v>14</v>
       </c>
       <c r="C33" s="2">
-        <v>1.5811552673122038</v>
+        <v>1.7538179548505186</v>
       </c>
       <c r="D33" s="2">
-        <v>185506161.63999999</v>
+        <v>198927986.66999999</v>
       </c>
       <c r="E33" s="2">
-        <v>2045723</v>
+        <v>396753</v>
       </c>
       <c r="F33" s="1" t="s">
-        <v>153</v>
+        <v>145</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>154</v>
+        <v>146</v>
       </c>
       <c r="H33" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I33" s="3"/>
       <c r="J33" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K33" s="1" t="s">
         <v>19</v>
       </c>
       <c r="L33" s="1" t="s">
         <v>20</v>
       </c>
       <c r="M33" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
     </row>
     <row r="34" spans="1:13" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A34" s="1" t="s">
-        <v>32</v>
+        <v>156</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C34" s="2">
-        <v>1.5778205682778719</v>
+        <v>1.6894066164851704</v>
       </c>
       <c r="D34" s="2">
-        <v>185114924.15000001</v>
+        <v>191622087.09</v>
       </c>
       <c r="E34" s="2">
-        <v>1540955</v>
+        <v>978013</v>
       </c>
       <c r="F34" s="1" t="s">
-        <v>33</v>
+        <v>157</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>34</v>
+        <v>158</v>
       </c>
       <c r="H34" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I34" s="3"/>
       <c r="J34" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="1" t="s">
         <v>19</v>
       </c>
       <c r="L34" s="1" t="s">
         <v>20</v>
       </c>
       <c r="M34" s="1" t="s">
-        <v>35</v>
+        <v>159</v>
       </c>
     </row>
     <row r="35" spans="1:13" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A35" s="1" t="s">
         <v>59</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="C35" s="2">
-        <v>1.5243411021485016</v>
+        <v>1.6774400178201452</v>
       </c>
       <c r="D35" s="2">
-        <v>178840543.19999999</v>
+        <v>190264767.55000001</v>
       </c>
       <c r="E35" s="2">
-        <v>527180</v>
+        <v>4655365</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>60</v>
       </c>
       <c r="G35" s="1" t="s">
         <v>61</v>
       </c>
       <c r="H35" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I35" s="3"/>
       <c r="J35" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="1" t="s">
         <v>19</v>
       </c>
       <c r="L35" s="1" t="s">
         <v>20</v>
       </c>
       <c r="M35" s="1" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="36" spans="1:13" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A36" s="1" t="s">
-        <v>156</v>
+        <v>55</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="C36" s="2">
-        <v>1.4710529439114828</v>
+        <v>1.6032592655837241</v>
       </c>
       <c r="D36" s="2">
-        <v>172588607.09999999</v>
+        <v>181850765.59999999</v>
       </c>
       <c r="E36" s="2">
-        <v>471618</v>
+        <v>521780</v>
       </c>
       <c r="F36" s="1" t="s">
-        <v>157</v>
+        <v>56</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>158</v>
+        <v>57</v>
       </c>
       <c r="H36" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I36" s="3"/>
       <c r="J36" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K36" s="1" t="s">
         <v>19</v>
       </c>
       <c r="L36" s="1" t="s">
         <v>20</v>
       </c>
       <c r="M36" s="1" t="s">
-        <v>159</v>
+        <v>58</v>
       </c>
     </row>
     <row r="37" spans="1:13" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A37" s="1" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="C37" s="2">
-        <v>1.4187105821609935</v>
+        <v>1.5097154638834744</v>
       </c>
       <c r="D37" s="2">
-        <v>166447634.84999999</v>
+        <v>171240496.68000001</v>
       </c>
       <c r="E37" s="2">
-        <v>988113</v>
+        <v>934923</v>
       </c>
       <c r="F37" s="1" t="s">
-        <v>161</v>
+        <v>194</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="H37" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I37" s="3"/>
       <c r="J37" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K37" s="1" t="s">
         <v>19</v>
       </c>
       <c r="L37" s="1" t="s">
         <v>20</v>
       </c>
       <c r="M37" s="1" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
     </row>
     <row r="38" spans="1:13" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A38" s="1" t="s">
-        <v>164</v>
-[...3 lines deleted...]
-      </c>
+        <v>46</v>
+      </c>
+      <c r="B38" s="1"/>
       <c r="C38" s="2">
-        <v>1.3944875855912779</v>
+        <v>1.5059885498738572</v>
       </c>
       <c r="D38" s="2">
-        <v>163605715.90000001</v>
+        <v>170817768.94</v>
       </c>
       <c r="E38" s="2">
-        <v>2806273</v>
+        <v>170817769.03</v>
       </c>
       <c r="F38" s="1" t="s">
-        <v>165</v>
+        <v>47</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>166</v>
+        <v>48</v>
       </c>
       <c r="H38" s="3" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="I38" s="3"/>
+        <v>195</v>
+      </c>
+      <c r="I38" s="3">
+        <v>73020</v>
+      </c>
       <c r="J38" s="1" t="s">
-        <v>142</v>
+        <v>43</v>
       </c>
       <c r="K38" s="1" t="s">
-        <v>19</v>
+        <v>44</v>
       </c>
       <c r="L38" s="1" t="s">
         <v>20</v>
       </c>
       <c r="M38" s="1" t="s">
-        <v>167</v>
+        <v>49</v>
       </c>
     </row>
     <row r="39" spans="1:13" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A39" s="1" t="s">
-        <v>168</v>
-[...3 lines deleted...]
-      </c>
+        <v>40</v>
+      </c>
+      <c r="B39" s="1"/>
       <c r="C39" s="2">
-        <v>1.3641351954159373</v>
+        <v>1.5059885489922225</v>
       </c>
       <c r="D39" s="2">
-        <v>160044677.00999999</v>
+        <v>170817768.84</v>
       </c>
       <c r="E39" s="2">
-        <v>870423</v>
+        <v>170817768.84</v>
       </c>
       <c r="F39" s="1" t="s">
-        <v>169</v>
+        <v>41</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>170</v>
+        <v>42</v>
       </c>
       <c r="H39" s="3" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="I39" s="5"/>
+        <v>196</v>
+      </c>
+      <c r="I39" s="5">
+        <v>73020</v>
+      </c>
       <c r="J39" s="1" t="s">
-        <v>18</v>
+        <v>43</v>
       </c>
       <c r="K39" s="1" t="s">
-        <v>19</v>
+        <v>44</v>
       </c>
       <c r="L39" s="1" t="s">
         <v>20</v>
       </c>
       <c r="M39" s="1" t="s">
-        <v>171</v>
+        <v>45</v>
       </c>
     </row>
     <row r="40" spans="1:13" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A40" s="1" t="s">
-        <v>63</v>
+        <v>160</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C40" s="2">
-        <v>1.3463369854888183</v>
+        <v>1.5030761740134708</v>
       </c>
       <c r="D40" s="2">
-        <v>157956534.44999999</v>
+        <v>170487430.74000001</v>
       </c>
       <c r="E40" s="2">
-        <v>4655365</v>
+        <v>2777573</v>
       </c>
       <c r="F40" s="1" t="s">
-        <v>64</v>
+        <v>161</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>65</v>
+        <v>162</v>
       </c>
       <c r="H40" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I40" s="5"/>
       <c r="J40" s="1" t="s">
-        <v>18</v>
+        <v>138</v>
       </c>
       <c r="K40" s="1" t="s">
         <v>19</v>
       </c>
       <c r="L40" s="1" t="s">
         <v>20</v>
       </c>
       <c r="M40" s="1" t="s">
-        <v>66</v>
+        <v>163</v>
       </c>
     </row>
     <row r="41" spans="1:13" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A41" s="1" t="s">
-        <v>172</v>
+        <v>148</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="C41" s="2">
-        <v>1.1997434083966303</v>
+        <v>1.4693602663519993</v>
       </c>
       <c r="D41" s="2">
-        <v>140757710.03999999</v>
+        <v>166663181.13</v>
       </c>
       <c r="E41" s="2">
-        <v>281583</v>
+        <v>2024823</v>
       </c>
       <c r="F41" s="1" t="s">
-        <v>173</v>
+        <v>149</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>174</v>
+        <v>150</v>
       </c>
       <c r="H41" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I41" s="3"/>
       <c r="J41" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K41" s="1" t="s">
         <v>19</v>
       </c>
       <c r="L41" s="1" t="s">
         <v>20</v>
       </c>
       <c r="M41" s="1" t="s">
-        <v>175</v>
+        <v>151</v>
       </c>
     </row>
     <row r="42" spans="1:13" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A42" s="1" t="s">
-        <v>182</v>
+        <v>152</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>58</v>
+        <v>23</v>
       </c>
       <c r="C42" s="2">
-        <v>1.1767199770945529</v>
+        <v>1.4612129187263758</v>
       </c>
       <c r="D42" s="2">
-        <v>138056527.90000001</v>
+        <v>165739062.72</v>
       </c>
       <c r="E42" s="2">
-        <v>1866007</v>
+        <v>466818</v>
       </c>
       <c r="F42" s="1" t="s">
-        <v>183</v>
+        <v>153</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>184</v>
+        <v>154</v>
       </c>
       <c r="H42" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I42" s="3"/>
       <c r="J42" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K42" s="1" t="s">
         <v>19</v>
       </c>
       <c r="L42" s="1" t="s">
         <v>20</v>
       </c>
       <c r="M42" s="1" t="s">
-        <v>185</v>
+        <v>155</v>
       </c>
     </row>
     <row r="43" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A43" s="1" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="B43" s="1"/>
+        <v>183</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>31</v>
+      </c>
       <c r="C43" s="2">
-        <v>1.1527340531166221</v>
+        <v>1.4023409366474231</v>
       </c>
       <c r="D43" s="2">
-        <v>135242423.06</v>
+        <v>159061468.37</v>
       </c>
       <c r="E43" s="2">
-        <v>135242423.15000001</v>
+        <v>352241</v>
       </c>
       <c r="F43" s="1" t="s">
-        <v>47</v>
+        <v>184</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>48</v>
+        <v>185</v>
       </c>
       <c r="H43" s="3" t="s">
-        <v>186</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I43" s="3"/>
       <c r="J43" s="1" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="K43" s="1" t="s">
-        <v>44</v>
+        <v>19</v>
       </c>
       <c r="L43" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="M43" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M43" s="1"/>
     </row>
     <row r="44" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A44" s="1" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="B44" s="1"/>
+        <v>171</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>54</v>
+      </c>
       <c r="C44" s="2">
-        <v>1.1527340526052141</v>
+        <v>1.335203630039367</v>
       </c>
       <c r="D44" s="2">
-        <v>135242423</v>
+        <v>151446374</v>
       </c>
       <c r="E44" s="2">
-        <v>135242423</v>
+        <v>1846907</v>
       </c>
       <c r="F44" s="1" t="s">
-        <v>41</v>
+        <v>172</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>42</v>
+        <v>173</v>
       </c>
       <c r="H44" s="3" t="s">
-        <v>187</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I44" s="3"/>
       <c r="J44" s="1" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="K44" s="1" t="s">
-        <v>44</v>
+        <v>19</v>
       </c>
       <c r="L44" s="1" t="s">
         <v>20</v>
       </c>
       <c r="M44" s="1" t="s">
-        <v>45</v>
+        <v>174</v>
       </c>
     </row>
     <row r="45" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A45" s="1" t="s">
-        <v>188</v>
+        <v>167</v>
       </c>
       <c r="B45" s="1" t="s">
         <v>30</v>
       </c>
       <c r="C45" s="2">
-        <v>1.0052279923073881</v>
+        <v>1.3110614915692831</v>
       </c>
       <c r="D45" s="2">
-        <v>117936543.16</v>
+        <v>148708035.63</v>
       </c>
       <c r="E45" s="2">
-        <v>1925809</v>
+        <v>278683</v>
       </c>
       <c r="F45" s="1" t="s">
-        <v>189</v>
+        <v>168</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>190</v>
+        <v>169</v>
       </c>
       <c r="H45" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I45" s="3"/>
       <c r="J45" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K45" s="1" t="s">
         <v>19</v>
       </c>
       <c r="L45" s="1" t="s">
         <v>20</v>
       </c>
       <c r="M45" s="1" t="s">
-        <v>191</v>
+        <v>170</v>
       </c>
     </row>
     <row r="46" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A46" s="1" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="B46" s="1" t="s">
         <v>14</v>
       </c>
       <c r="C46" s="2">
-        <v>0.98269948094141868</v>
+        <v>1.0867432278080953</v>
       </c>
       <c r="D46" s="2">
-        <v>115293426.59999999</v>
+        <v>123264584.98</v>
       </c>
       <c r="E46" s="2">
-        <v>1150633</v>
+        <v>904097</v>
       </c>
       <c r="F46" s="1" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="H46" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I46" s="3"/>
       <c r="J46" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K46" s="1" t="s">
         <v>19</v>
       </c>
       <c r="L46" s="1" t="s">
         <v>20</v>
       </c>
       <c r="M46" s="1" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
     </row>
     <row r="47" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A47" s="1" t="s">
-        <v>196</v>
+        <v>179</v>
       </c>
       <c r="B47" s="1" t="s">
         <v>14</v>
       </c>
       <c r="C47" s="2">
-        <v>0.95592730053726382</v>
+        <v>0.88485486585878159</v>
       </c>
       <c r="D47" s="2">
-        <v>112152429.3</v>
+        <v>100365261.09999999</v>
       </c>
       <c r="E47" s="2">
-        <v>63638</v>
+        <v>440102</v>
       </c>
       <c r="F47" s="1" t="s">
-        <v>197</v>
+        <v>180</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>198</v>
+        <v>181</v>
       </c>
       <c r="H47" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I47" s="3"/>
       <c r="J47" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K47" s="1" t="s">
         <v>19</v>
       </c>
       <c r="L47" s="1" t="s">
         <v>20</v>
       </c>
       <c r="M47" s="1" t="s">
-        <v>199</v>
+        <v>182</v>
       </c>
     </row>
     <row r="48" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A48" s="1" t="s">
-        <v>200</v>
+        <v>175</v>
       </c>
       <c r="B48" s="1" t="s">
         <v>14</v>
       </c>
       <c r="C48" s="2">
-        <v>0.90484474432484585</v>
+        <v>0.85712250403485668</v>
       </c>
       <c r="D48" s="2">
-        <v>106159261.44</v>
+        <v>97219699.219999999</v>
       </c>
       <c r="E48" s="2">
-        <v>444702</v>
+        <v>62938</v>
       </c>
       <c r="F48" s="1" t="s">
-        <v>201</v>
+        <v>176</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>202</v>
+        <v>177</v>
       </c>
       <c r="H48" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I48" s="3"/>
       <c r="J48" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K48" s="1" t="s">
         <v>19</v>
       </c>
       <c r="L48" s="1" t="s">
         <v>20</v>
       </c>
       <c r="M48" s="1" t="s">
-        <v>203</v>
+        <v>178</v>
       </c>
     </row>
     <row r="49" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A49" s="1" t="s">
-        <v>204</v>
+        <v>36</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>31</v>
+        <v>14</v>
       </c>
       <c r="C49" s="2">
-        <v>0.86466341484793729</v>
+        <v>0.73643394891204039</v>
       </c>
       <c r="D49" s="2">
-        <v>101445060.15000001</v>
+        <v>83530518.299999997</v>
       </c>
       <c r="E49" s="2">
-        <v>247941</v>
+        <v>627530</v>
       </c>
       <c r="F49" s="1" t="s">
-        <v>205</v>
+        <v>37</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>206</v>
+        <v>38</v>
       </c>
       <c r="H49" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I49" s="3"/>
       <c r="J49" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K49" s="1" t="s">
         <v>19</v>
       </c>
       <c r="L49" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="M49" s="1"/>
+      <c r="M49" s="1" t="s">
+        <v>39</v>
+      </c>
     </row>
     <row r="50" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A50" s="1" t="s">
-        <v>36</v>
+        <v>186</v>
       </c>
       <c r="B50" s="1" t="s">
         <v>14</v>
       </c>
       <c r="C50" s="2">
-        <v>0.60063440412816016</v>
+        <v>0.63603218436641173</v>
       </c>
       <c r="D50" s="2">
-        <v>70468337.400000006</v>
+        <v>72142380.310000002</v>
       </c>
       <c r="E50" s="2">
-        <v>84606</v>
+        <v>554387</v>
       </c>
       <c r="F50" s="1" t="s">
-        <v>37</v>
+        <v>187</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>38</v>
+        <v>188</v>
       </c>
       <c r="H50" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I50" s="3"/>
       <c r="J50" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K50" s="1" t="s">
         <v>19</v>
       </c>
       <c r="L50" s="1" t="s">
         <v>20</v>
       </c>
       <c r="M50" s="1" t="s">
-        <v>39</v>
+        <v>189</v>
       </c>
     </row>
     <row r="51" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A51" s="1" t="s">
-        <v>207</v>
+        <v>201</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="C51" s="2">
-        <v>0.5927635451732528</v>
+        <v>0.5291501577888843</v>
       </c>
       <c r="D51" s="2">
-        <v>69544903.209999993</v>
+        <v>60019214.219999999</v>
       </c>
       <c r="E51" s="2">
-        <v>446287</v>
+        <v>1086714</v>
       </c>
       <c r="F51" s="1" t="s">
-        <v>208</v>
+        <v>202</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>209</v>
+        <v>203</v>
       </c>
       <c r="H51" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I51" s="3"/>
       <c r="J51" s="1" t="s">
-        <v>18</v>
+        <v>138</v>
       </c>
       <c r="K51" s="1" t="s">
         <v>19</v>
       </c>
       <c r="L51" s="1" t="s">
         <v>20</v>
       </c>
       <c r="M51" s="1" t="s">
-        <v>210</v>
+        <v>204</v>
       </c>
     </row>
     <row r="52" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A52" s="1" t="s">
-        <v>176</v>
+        <v>190</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>177</v>
+        <v>28</v>
       </c>
       <c r="C52" s="2">
-        <v>0.53286261629691356</v>
+        <v>0.51916405215170469</v>
       </c>
       <c r="D52" s="2">
-        <v>62517135.839999989</v>
+        <v>58886533.439999998</v>
       </c>
       <c r="E52" s="2">
-        <v>85322</v>
+        <v>63456</v>
       </c>
       <c r="F52" s="1" t="s">
-        <v>178</v>
+        <v>191</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>179</v>
+        <v>192</v>
       </c>
       <c r="H52" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I52" s="3"/>
       <c r="J52" s="1" t="s">
-        <v>180</v>
+        <v>18</v>
       </c>
       <c r="K52" s="1" t="s">
         <v>19</v>
       </c>
       <c r="L52" s="1" t="s">
         <v>20</v>
       </c>
       <c r="M52" s="1" t="s">
-        <v>181</v>
+        <v>193</v>
       </c>
     </row>
     <row r="53" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A53" s="1" t="s">
-[...77 lines deleted...]
-      <c r="D55" s="6"/>
+      <c r="D53" s="6"/>
+    </row>
+    <row r="58" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A58" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A59" t="s">
+        <v>69</v>
+      </c>
     </row>
     <row r="60" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A60" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
     </row>
     <row r="61" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A61" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
     </row>
     <row r="62" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A62" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
     </row>
     <row r="63" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A63" t="s">
-        <v>75</v>
-[...9 lines deleted...]
-        <v>77</v>
+        <v>73</v>
       </c>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A12:M54">
-    <sortCondition descending="1" ref="C11:C54"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A12:M52">
+    <sortCondition descending="1" ref="C11:C52"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...9 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9379bc3f-8eca-4bc5-9e54-5c43d66a46ba" xmlns:ns3="aa71bc78-42bd-452f-85da-b0a25b97c36d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d9916c96db37707aa5c5f1ea7438b40e" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100434CE3F8FEBB244F858BBE1DD8B45B8C" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="2dd9e93ca72a48091795bd8bd10dac6f">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9379bc3f-8eca-4bc5-9e54-5c43d66a46ba" xmlns:ns3="aa71bc78-42bd-452f-85da-b0a25b97c36d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="42a349b0c0865e57489f8dd83e6a8e2d" ns2:_="" ns3:_="">
     <xsd:import namespace="9379bc3f-8eca-4bc5-9e54-5c43d66a46ba"/>
     <xsd:import namespace="aa71bc78-42bd-452f-85da-b0a25b97c36d"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:_Flow_SignoffStatus" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
@@ -3974,85 +3857,79 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <_Flow_SignoffStatus xmlns="9379bc3f-8eca-4bc5-9e54-5c43d66a46ba" xsi:nil="true"/>
     <TaxCatchAll xmlns="aa71bc78-42bd-452f-85da-b0a25b97c36d" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="9379bc3f-8eca-4bc5-9e54-5c43d66a46ba">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E3E6CB90-8048-47EC-A015-79D936B4FC4E}"/>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{599D928E-B86B-490D-A91F-EE6F4E39EA24}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
-  </ds:schemaRefs>
-[...17 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8A9A088B-5FBA-401E-8C01-BC397FA5F320}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="9379bc3f-8eca-4bc5-9e54-5c43d66a46ba"/>
     <ds:schemaRef ds:uri="aa71bc78-42bd-452f-85da-b0a25b97c36d"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>