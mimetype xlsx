--- v0 (2025-12-11)
+++ v1 (2026-03-05)
@@ -1,86 +1,86 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://franklintempleton.sharepoint.com/teams/LMUSFundOperations/Shared Documents/Oversight/RIKs/Non_Pro Rata RIKs/2025/CB Small Cap Growth Fund - LMA2400 12.5.25/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://franklintempleton.sharepoint.com/teams/LMUSFundOperations/Shared Documents/Oversight/RIKs/Non_Pro Rata RIKs/2026/CB Small Cap Growth Fund - LMA2400 2.11.26/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="66" documentId="8_{C2A3A077-A51F-45D0-93E8-E4A90B0FC63B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{18F6DC34-AC30-4E9A-85CE-30887F4E0476}"/>
+  <xr:revisionPtr revIDLastSave="70" documentId="8_{C2A3A077-A51F-45D0-93E8-E4A90B0FC63B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{F84DC2C5-418A-462B-B156-A0D995A08556}"/>
   <bookViews>
     <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{01DDE1CA-3FDA-4F5A-B23D-487B0A852887}"/>
   </bookViews>
   <sheets>
     <sheet name="WEB Holdings File" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="769" uniqueCount="368">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="771" uniqueCount="372">
   <si>
     <t xml:space="preserve">Security Name
 </t>
   </si>
   <si>
     <t xml:space="preserve">Sector Name
 </t>
   </si>
   <si>
     <t xml:space="preserve">Weight (%)
 </t>
   </si>
   <si>
     <t xml:space="preserve">Market Value ($)
 </t>
   </si>
   <si>
     <t xml:space="preserve">Quantity
 </t>
   </si>
   <si>
     <t xml:space="preserve">Ticker
 </t>
   </si>
   <si>
@@ -294,56 +294,50 @@
   <si>
     <t>BWX TECHNOLOGIES INC</t>
   </si>
   <si>
     <t>BWXT</t>
   </si>
   <si>
     <t>US05605H1005</t>
   </si>
   <si>
     <t>05605H100</t>
   </si>
   <si>
     <t>INSMED INC</t>
   </si>
   <si>
     <t>INSM</t>
   </si>
   <si>
     <t>US4576693075</t>
   </si>
   <si>
     <t>457669307</t>
   </si>
   <si>
-    <t>3.733147</t>
-[...4 lines deleted...]
-  <si>
     <t>PJT PARTNERS INC</t>
   </si>
   <si>
     <t>PJT</t>
   </si>
   <si>
     <t>US69343T1079</t>
   </si>
   <si>
     <t>69343T107</t>
   </si>
   <si>
     <t>WINGSTOP INC</t>
   </si>
   <si>
     <t>WING</t>
   </si>
   <si>
     <t>US9741551033</t>
   </si>
   <si>
     <t>974155103</t>
   </si>
   <si>
     <t>MIRUM PHARMACEUTICALS INC</t>
@@ -1008,62 +1002,50 @@
   <si>
     <t>913915104</t>
   </si>
   <si>
     <t>CELLEBRITE DI LTD</t>
   </si>
   <si>
     <t>CLBT</t>
   </si>
   <si>
     <t>IL0011794802</t>
   </si>
   <si>
     <t>PATHWARD FINANCIAL INC</t>
   </si>
   <si>
     <t>CASH</t>
   </si>
   <si>
     <t>US59100U1088</t>
   </si>
   <si>
     <t>59100U108</t>
   </si>
   <si>
-    <t>ONESTREAM INC</t>
-[...10 lines deleted...]
-  <si>
     <t>CG ONCOLOGY INC</t>
   </si>
   <si>
     <t>CGON</t>
   </si>
   <si>
     <t>US1569441009</t>
   </si>
   <si>
     <t>156944100</t>
   </si>
   <si>
     <t>BRAIN CORPORATION PRIVATE PLACEMENT</t>
   </si>
   <si>
     <t>MLP</t>
   </si>
   <si>
     <t>HIMS &amp; HERS HEALTH INC</t>
   </si>
   <si>
     <t>HIMS</t>
   </si>
   <si>
     <t>US4330001060</t>
@@ -1074,129 +1056,159 @@
   <si>
     <t>LIMBACH HOLDINGS INC</t>
   </si>
   <si>
     <t>LMB</t>
   </si>
   <si>
     <t>US53263P1057</t>
   </si>
   <si>
     <t>53263P105</t>
   </si>
   <si>
     <t>SPROUT SOCIAL INC</t>
   </si>
   <si>
     <t>SPT</t>
   </si>
   <si>
     <t>US85209W1099</t>
   </si>
   <si>
     <t>85209W109</t>
   </si>
   <si>
-    <t>ULTRAGENYX PHARMACEUTICAL INC</t>
-[...16 lines deleted...]
-  <si>
     <t>FOX FACTORY HOLDING CORP</t>
   </si>
   <si>
     <t>FOXF</t>
   </si>
   <si>
     <t>US35138V1026</t>
   </si>
   <si>
     <t>35138V102</t>
   </si>
   <si>
     <t>GERON CORP</t>
   </si>
   <si>
     <t>GERN</t>
   </si>
   <si>
     <t>US3741631036</t>
   </si>
   <si>
     <t>374163103</t>
   </si>
   <si>
     <t>BETA TECHNOLOGIES INC</t>
   </si>
   <si>
     <t>BETA</t>
   </si>
   <si>
     <t>US0869211039</t>
   </si>
   <si>
     <t>086921103</t>
   </si>
   <si>
-    <t>PAGERDUTY INC</t>
-[...10 lines deleted...]
-  <si>
     <t>DYNE THERAPEUTICS INC</t>
   </si>
   <si>
     <t>DYN</t>
   </si>
   <si>
     <t>US26818M1080</t>
   </si>
   <si>
     <t>26818M108</t>
   </si>
   <si>
     <t>BRAIN CORP COMMON STOCK PRIVATE PLCMT</t>
+  </si>
+  <si>
+    <t>BLKFTK4</t>
+  </si>
+  <si>
+    <t>3.515899</t>
+  </si>
+  <si>
+    <t>3.587001</t>
+  </si>
+  <si>
+    <t>RAMBUS INC</t>
+  </si>
+  <si>
+    <t>RMBS</t>
+  </si>
+  <si>
+    <t>US7509171069</t>
+  </si>
+  <si>
+    <t>750917106</t>
+  </si>
+  <si>
+    <t>YORK SPACE SYSTEMS INC</t>
+  </si>
+  <si>
+    <t>YSS</t>
+  </si>
+  <si>
+    <t>US9870841007</t>
+  </si>
+  <si>
+    <t>987084100</t>
+  </si>
+  <si>
+    <t>MADRIGAL PHARMACEUTICALS INC</t>
+  </si>
+  <si>
+    <t>MDGL</t>
+  </si>
+  <si>
+    <t>US5588681057</t>
+  </si>
+  <si>
+    <t>558868105</t>
+  </si>
+  <si>
+    <t>PEN US 02/20/26 P290</t>
+  </si>
+  <si>
+    <t>HEALTH CARE</t>
+  </si>
+  <si>
+    <t>PEN 2 P290</t>
+  </si>
+  <si>
+    <t>EQUITY OPTION</t>
+  </si>
+  <si>
+    <t>Options</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="#,##0.00;\-#,##0.00;0.00"/>
     <numFmt numFmtId="165" formatCode="mm/dd/yyyy"/>
   </numFmts>
   <fonts count="2" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -1528,52 +1540,52 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8C0C7A6E-9CA1-40C7-B7B3-24EF53886318}">
   <dimension ref="A1:M107"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A6" workbookViewId="0">
-      <selection activeCell="I31" sqref="I31"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="D92" sqref="D92"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="62" customWidth="1"/>
     <col min="2" max="2" width="19" customWidth="1"/>
     <col min="3" max="3" width="10" customWidth="1"/>
     <col min="4" max="4" width="15" customWidth="1"/>
     <col min="5" max="5" width="12.7265625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="14.54296875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="8.54296875" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15" customWidth="1"/>
     <col min="10" max="10" width="22" customWidth="1"/>
     <col min="11" max="11" width="11" customWidth="1"/>
     <col min="12" max="12" width="18" customWidth="1"/>
     <col min="13" max="13" width="10" customWidth="1"/>
     <col min="250" max="250" width="62" customWidth="1"/>
     <col min="251" max="251" width="19" customWidth="1"/>
     <col min="252" max="252" width="10" customWidth="1"/>
     <col min="253" max="253" width="15" customWidth="1"/>
     <col min="254" max="254" width="12.7265625" bestFit="1" customWidth="1"/>
     <col min="255" max="255" width="8" bestFit="1" customWidth="1"/>
     <col min="256" max="256" width="14.54296875" bestFit="1" customWidth="1"/>
     <col min="257" max="257" width="8.54296875" bestFit="1" customWidth="1"/>
@@ -2396,51 +2408,51 @@
       </c>
     </row>
     <row r="2" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="3" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="4" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="6" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
         <v>45</v>
       </c>
       <c r="B6" t="s">
         <v>38</v>
       </c>
       <c r="C6" s="7">
-        <v>45996</v>
+        <v>46064</v>
       </c>
     </row>
     <row r="11" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A11" t="s">
         <v>0</v>
       </c>
       <c r="B11" t="s">
         <v>1</v>
       </c>
       <c r="C11" t="s">
         <v>2</v>
       </c>
       <c r="D11" t="s">
         <v>3</v>
       </c>
       <c r="E11" t="s">
         <v>4</v>
       </c>
       <c r="F11" t="s">
         <v>5</v>
       </c>
       <c r="G11" t="s">
         <v>6</v>
       </c>
       <c r="H11" t="s">
@@ -2448,3313 +2460,3319 @@
       </c>
       <c r="I11" t="s">
         <v>8</v>
       </c>
       <c r="J11" t="s">
         <v>9</v>
       </c>
       <c r="K11" t="s">
         <v>10</v>
       </c>
       <c r="L11" t="s">
         <v>11</v>
       </c>
       <c r="M11" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A12" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="2">
-        <v>3.6276938353252479</v>
+        <v>4.0421111175162752</v>
       </c>
       <c r="D12" s="2">
-        <v>79656813.319999993</v>
+        <v>82732970.320000008</v>
       </c>
       <c r="E12" s="2">
-        <v>668374</v>
+        <v>531908</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>47</v>
       </c>
       <c r="G12" s="1" t="s">
         <v>48</v>
       </c>
       <c r="H12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="I12" s="3"/>
       <c r="J12" s="1" t="s">
         <v>15</v>
       </c>
       <c r="K12" s="1" t="s">
         <v>16</v>
       </c>
       <c r="L12" s="1" t="s">
         <v>17</v>
       </c>
       <c r="M12" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="13" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A13" s="1" t="s">
         <v>54</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2">
-        <v>2.7608051943385394</v>
+        <v>3.6539804269698002</v>
       </c>
       <c r="D13" s="2">
-        <v>60621693.549999997</v>
+        <v>74788803.530000001</v>
       </c>
       <c r="E13" s="2">
-        <v>768823</v>
+        <v>707089</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>55</v>
       </c>
       <c r="G13" s="1" t="s">
         <v>56</v>
       </c>
       <c r="H13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="I13" s="3"/>
       <c r="J13" s="1" t="s">
         <v>15</v>
       </c>
       <c r="K13" s="1" t="s">
         <v>16</v>
       </c>
       <c r="L13" s="1" t="s">
         <v>17</v>
       </c>
       <c r="M13" s="1" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="14" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A14" s="1" t="s">
         <v>50</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="2">
-        <v>2.7143008917145379</v>
+        <v>3.2410852903733174</v>
       </c>
       <c r="D14" s="2">
-        <v>59600553.199999996</v>
+        <v>66337763.940000005</v>
       </c>
       <c r="E14" s="2">
-        <v>134405</v>
+        <v>120498</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>51</v>
       </c>
       <c r="G14" s="1" t="s">
         <v>52</v>
       </c>
       <c r="H14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="I14" s="3"/>
       <c r="J14" s="1" t="s">
         <v>15</v>
       </c>
       <c r="K14" s="1" t="s">
         <v>16</v>
       </c>
       <c r="L14" s="1" t="s">
         <v>17</v>
       </c>
       <c r="M14" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="15" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A15" s="1" t="s">
-        <v>58</v>
+        <v>69</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="C15" s="2">
-        <v>2.538510864379691</v>
+        <v>3.0257397560628996</v>
       </c>
       <c r="D15" s="2">
-        <v>55740560.039999999</v>
+        <v>61930122.689999998</v>
       </c>
       <c r="E15" s="2">
-        <v>185394</v>
+        <v>306843</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>59</v>
+        <v>70</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="H15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="I15" s="3"/>
       <c r="J15" s="1" t="s">
         <v>15</v>
       </c>
       <c r="K15" s="1" t="s">
         <v>16</v>
       </c>
       <c r="L15" s="1" t="s">
         <v>17</v>
       </c>
       <c r="M15" s="1" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
     </row>
     <row r="16" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A16" s="1" t="s">
-        <v>66</v>
+        <v>93</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="C16" s="2">
-        <v>2.3248146047538261</v>
+        <v>2.4262142151183901</v>
       </c>
       <c r="D16" s="2">
-        <v>51048222.75</v>
+        <v>49659176.310000002</v>
       </c>
       <c r="E16" s="2">
-        <v>106695</v>
+        <v>370011</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>67</v>
+        <v>94</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>68</v>
+        <v>95</v>
       </c>
       <c r="H16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="I16" s="3"/>
       <c r="J16" s="1" t="s">
         <v>15</v>
       </c>
       <c r="K16" s="1" t="s">
         <v>16</v>
       </c>
       <c r="L16" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="M16" s="1"/>
+      <c r="M16" s="1" t="s">
+        <v>96</v>
+      </c>
     </row>
     <row r="17" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A17" s="1" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="B17" s="1"/>
+        <v>73</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>20</v>
+      </c>
       <c r="C17" s="2">
-        <v>2.2134551576838382</v>
+        <v>2.2798864320421499</v>
       </c>
       <c r="D17" s="2">
-        <v>48602994.710000001</v>
+        <v>46664174</v>
       </c>
       <c r="E17" s="2">
-        <v>48602994.710000001</v>
+        <v>235084</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>30</v>
+        <v>74</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>31</v>
+        <v>75</v>
       </c>
       <c r="H17" s="3" t="s">
-        <v>81</v>
-[...3 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="I17" s="8"/>
       <c r="J17" s="1" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="K17" s="1" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="L17" s="1" t="s">
         <v>17</v>
       </c>
       <c r="M17" s="1" t="s">
-        <v>32</v>
+        <v>76</v>
       </c>
     </row>
     <row r="18" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A18" s="1" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="B18" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>18</v>
+      </c>
       <c r="C18" s="2">
-        <v>2.2134551567730072</v>
+        <v>2.255060670056876</v>
       </c>
       <c r="D18" s="2">
-        <v>48602994.689999998</v>
+        <v>46156046.200000003</v>
       </c>
       <c r="E18" s="2">
-        <v>48602994.689999998</v>
+        <v>462115</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>24</v>
+        <v>90</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>25</v>
+        <v>91</v>
       </c>
       <c r="H18" s="3" t="s">
-        <v>82</v>
-[...3 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="I18" s="8"/>
       <c r="J18" s="1" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="K18" s="1" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="L18" s="1" t="s">
         <v>17</v>
       </c>
       <c r="M18" s="1" t="s">
-        <v>28</v>
+        <v>92</v>
       </c>
     </row>
     <row r="19" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A19" s="1" t="s">
-        <v>73</v>
+        <v>158</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C19" s="2">
-        <v>2.1850865158446213</v>
+        <v>2.216194085577647</v>
       </c>
       <c r="D19" s="2">
-        <v>47980076.759999998</v>
+        <v>45360534.18</v>
       </c>
       <c r="E19" s="2">
-        <v>269748</v>
+        <v>1059578</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>74</v>
+        <v>159</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>75</v>
+        <v>160</v>
       </c>
       <c r="H19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="I19" s="3"/>
       <c r="J19" s="1" t="s">
         <v>15</v>
       </c>
       <c r="K19" s="1" t="s">
         <v>16</v>
       </c>
       <c r="L19" s="1" t="s">
         <v>17</v>
       </c>
       <c r="M19" s="1" t="s">
-        <v>76</v>
+        <v>161</v>
       </c>
     </row>
     <row r="20" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A20" s="1" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C20" s="2">
-        <v>2.1603347096759085</v>
+        <v>2.0579266745086393</v>
       </c>
       <c r="D20" s="2">
-        <v>47436577.200000003</v>
+        <v>42121154.399999999</v>
       </c>
       <c r="E20" s="2">
-        <v>331910</v>
+        <v>90480</v>
       </c>
       <c r="F20" s="1" t="s">
-        <v>70</v>
+        <v>67</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="H20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="I20" s="3"/>
       <c r="J20" s="1" t="s">
         <v>15</v>
       </c>
       <c r="K20" s="1" t="s">
         <v>16</v>
       </c>
       <c r="L20" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="M20" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M20" s="1"/>
     </row>
     <row r="21" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A21" s="1" t="s">
         <v>62</v>
       </c>
       <c r="B21" s="1" t="s">
         <v>33</v>
       </c>
       <c r="C21" s="2">
-        <v>2.0911546155617438</v>
+        <v>2.012261320498363</v>
       </c>
       <c r="D21" s="2">
-        <v>45917522.370000005</v>
+        <v>41186486.780000001</v>
       </c>
       <c r="E21" s="2">
-        <v>80979</v>
+        <v>63482</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>63</v>
       </c>
       <c r="G21" s="1" t="s">
         <v>64</v>
       </c>
       <c r="H21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="I21" s="3"/>
       <c r="J21" s="1" t="s">
         <v>15</v>
       </c>
       <c r="K21" s="1" t="s">
         <v>16</v>
       </c>
       <c r="L21" s="1" t="s">
         <v>17</v>
       </c>
       <c r="M21" s="1" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="22" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A22" s="1" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>21</v>
       </c>
       <c r="C22" s="2">
-        <v>2.0869397475343248</v>
+        <v>1.9634780858685208</v>
       </c>
       <c r="D22" s="2">
-        <v>45824972.399999999</v>
+        <v>40188003.119999997</v>
       </c>
       <c r="E22" s="2">
-        <v>260310</v>
+        <v>251994</v>
       </c>
       <c r="F22" s="1" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="H22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="I22" s="3"/>
       <c r="J22" s="1" t="s">
         <v>15</v>
       </c>
       <c r="K22" s="1" t="s">
         <v>16</v>
       </c>
       <c r="L22" s="1" t="s">
         <v>17</v>
       </c>
       <c r="M22" s="1" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
     </row>
     <row r="23" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A23" s="1" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="B23" s="1" t="s">
         <v>19</v>
       </c>
       <c r="C23" s="2">
-        <v>1.9893300433016126</v>
+        <v>1.9546596778930683</v>
       </c>
       <c r="D23" s="2">
-        <v>43681660.880000003</v>
+        <v>40007510.039999999</v>
       </c>
       <c r="E23" s="2">
-        <v>169598</v>
+        <v>164194</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="H23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="I23" s="3"/>
       <c r="J23" s="1" t="s">
         <v>15</v>
       </c>
       <c r="K23" s="1" t="s">
         <v>16</v>
       </c>
       <c r="L23" s="1" t="s">
         <v>17</v>
       </c>
       <c r="M23" s="1" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
     </row>
     <row r="24" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A24" s="1" t="s">
-        <v>77</v>
+        <v>135</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="C24" s="2">
-        <v>1.9286094698639185</v>
+        <v>1.9492483883081539</v>
       </c>
       <c r="D24" s="2">
-        <v>42348360</v>
+        <v>39896753.049999997</v>
       </c>
       <c r="E24" s="2">
-        <v>207590</v>
+        <v>629783</v>
       </c>
       <c r="F24" s="1" t="s">
-        <v>78</v>
+        <v>136</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>79</v>
+        <v>137</v>
       </c>
       <c r="H24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="I24" s="3"/>
       <c r="J24" s="1" t="s">
         <v>15</v>
       </c>
       <c r="K24" s="1" t="s">
         <v>16</v>
       </c>
       <c r="L24" s="1" t="s">
         <v>17</v>
       </c>
       <c r="M24" s="1" t="s">
-        <v>80</v>
+        <v>138</v>
       </c>
     </row>
     <row r="25" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A25" s="1" t="s">
-        <v>95</v>
+        <v>162</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="C25" s="2">
-        <v>1.7701848556288788</v>
+        <v>1.8467782296472102</v>
       </c>
       <c r="D25" s="2">
-        <v>38869676.159999996</v>
+        <v>37799418.18</v>
       </c>
       <c r="E25" s="2">
-        <v>377229</v>
+        <v>1165929</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>96</v>
+        <v>163</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>97</v>
+        <v>164</v>
       </c>
       <c r="H25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="I25" s="3"/>
       <c r="J25" s="1" t="s">
         <v>15</v>
       </c>
       <c r="K25" s="1" t="s">
         <v>16</v>
       </c>
       <c r="L25" s="1" t="s">
         <v>17</v>
       </c>
       <c r="M25" s="1" t="s">
-        <v>98</v>
+        <v>165</v>
       </c>
     </row>
     <row r="26" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A26" s="1" t="s">
-        <v>91</v>
+        <v>123</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="C26" s="2">
-        <v>1.7530500156954738</v>
+        <v>1.8441021335169596</v>
       </c>
       <c r="D26" s="2">
-        <v>38493429.759999998</v>
+        <v>37744644.479999997</v>
       </c>
       <c r="E26" s="2">
-        <v>562112</v>
+        <v>117336</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>92</v>
+        <v>124</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>93</v>
+        <v>125</v>
       </c>
       <c r="H26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="I26" s="3"/>
       <c r="J26" s="1" t="s">
         <v>15</v>
       </c>
       <c r="K26" s="1" t="s">
         <v>16</v>
       </c>
       <c r="L26" s="1" t="s">
         <v>17</v>
       </c>
       <c r="M26" s="1" t="s">
-        <v>94</v>
+        <v>126</v>
       </c>
     </row>
     <row r="27" spans="1:13" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A27" s="1" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>21</v>
       </c>
       <c r="C27" s="2">
-        <v>1.7376921628767767</v>
+        <v>1.8415810914626602</v>
       </c>
       <c r="D27" s="2">
-        <v>38156202.399999999</v>
+        <v>37693044.390000001</v>
       </c>
       <c r="E27" s="2">
-        <v>304762</v>
+        <v>295007</v>
       </c>
       <c r="F27" s="1" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="H27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="I27" s="3"/>
       <c r="J27" s="1" t="s">
         <v>15</v>
       </c>
       <c r="K27" s="1" t="s">
         <v>16</v>
       </c>
       <c r="L27" s="1" t="s">
         <v>17</v>
       </c>
       <c r="M27" s="1" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
     </row>
     <row r="28" spans="1:13" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A28" s="1" t="s">
-        <v>107</v>
+        <v>170</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="C28" s="2">
-        <v>1.7180714836026501</v>
+        <v>1.8160836732567651</v>
       </c>
       <c r="D28" s="2">
-        <v>37725372</v>
+        <v>37171169.289999999</v>
       </c>
       <c r="E28" s="2">
-        <v>214300</v>
+        <v>139757</v>
       </c>
       <c r="F28" s="1" t="s">
-        <v>108</v>
+        <v>171</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>109</v>
+        <v>172</v>
       </c>
       <c r="H28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="I28" s="3"/>
       <c r="J28" s="1" t="s">
         <v>15</v>
       </c>
       <c r="K28" s="1" t="s">
         <v>16</v>
       </c>
       <c r="L28" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="M28" s="1"/>
+      <c r="M28" s="1" t="s">
+        <v>352</v>
+      </c>
     </row>
     <row r="29" spans="1:13" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A29" s="1" t="s">
-        <v>99</v>
+        <v>186</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>18</v>
+        <v>187</v>
       </c>
       <c r="C29" s="2">
-        <v>1.6787884764065533</v>
+        <v>1.6963513629494764</v>
       </c>
       <c r="D29" s="2">
-        <v>36862796.68</v>
+        <v>34720516.799999997</v>
       </c>
       <c r="E29" s="2">
-        <v>469052</v>
+        <v>605520</v>
       </c>
       <c r="F29" s="1" t="s">
-        <v>100</v>
+        <v>188</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>101</v>
+        <v>189</v>
       </c>
       <c r="H29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="I29" s="3"/>
       <c r="J29" s="1" t="s">
         <v>15</v>
       </c>
       <c r="K29" s="1" t="s">
         <v>16</v>
       </c>
       <c r="L29" s="1" t="s">
         <v>17</v>
       </c>
       <c r="M29" s="1" t="s">
-        <v>102</v>
+        <v>190</v>
       </c>
     </row>
     <row r="30" spans="1:13" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A30" s="1" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>21</v>
       </c>
       <c r="C30" s="2">
-        <v>1.6521457345503341</v>
+        <v>1.637763437646804</v>
       </c>
       <c r="D30" s="2">
-        <v>36277776</v>
+        <v>33521353.060000002</v>
       </c>
       <c r="E30" s="2">
-        <v>263800</v>
+        <v>217417</v>
       </c>
       <c r="F30" s="1" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="H30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="I30" s="3"/>
       <c r="J30" s="1" t="s">
         <v>15</v>
       </c>
       <c r="K30" s="1" t="s">
         <v>16</v>
       </c>
       <c r="L30" s="1" t="s">
         <v>17</v>
       </c>
       <c r="M30" s="1" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
     </row>
     <row r="31" spans="1:13" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A31" s="1" t="s">
-        <v>122</v>
+        <v>108</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="C31" s="2">
-        <v>1.634141980277833</v>
+        <v>1.6138485690729221</v>
       </c>
       <c r="D31" s="2">
-        <v>35882450</v>
+        <v>33031869.210000001</v>
       </c>
       <c r="E31" s="2">
-        <v>882500</v>
+        <v>365923</v>
       </c>
       <c r="F31" s="1" t="s">
-        <v>123</v>
+        <v>109</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>124</v>
+        <v>110</v>
       </c>
       <c r="H31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="I31" s="3"/>
       <c r="J31" s="1" t="s">
         <v>15</v>
       </c>
       <c r="K31" s="1" t="s">
         <v>16</v>
       </c>
       <c r="L31" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="M31" s="1"/>
+      <c r="M31" s="1" t="s">
+        <v>111</v>
+      </c>
     </row>
     <row r="32" spans="1:13" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A32" s="1" t="s">
-        <v>125</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="B32" s="1"/>
       <c r="C32" s="2">
-        <v>1.624970135288448</v>
+        <v>1.5985789879391452</v>
       </c>
       <c r="D32" s="2">
-        <v>35681054.850000001</v>
+        <v>32719335.050000001</v>
       </c>
       <c r="E32" s="2">
-        <v>150255</v>
+        <v>32719335.050000001</v>
       </c>
       <c r="F32" s="1" t="s">
-        <v>126</v>
+        <v>30</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>127</v>
+        <v>31</v>
       </c>
       <c r="H32" s="3" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="I32" s="3"/>
+        <v>353</v>
+      </c>
+      <c r="I32" s="8">
+        <v>73020</v>
+      </c>
       <c r="J32" s="1" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="K32" s="1" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="L32" s="1" t="s">
         <v>17</v>
       </c>
       <c r="M32" s="1" t="s">
-        <v>128</v>
+        <v>32</v>
       </c>
     </row>
     <row r="33" spans="1:13" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A33" s="1" t="s">
-        <v>129</v>
-[...3 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="B33" s="1"/>
       <c r="C33" s="2">
-        <v>1.6022083896092387</v>
+        <v>1.5985789879391452</v>
       </c>
       <c r="D33" s="2">
-        <v>35181252.990000002</v>
+        <v>32719335.050000001</v>
       </c>
       <c r="E33" s="2">
-        <v>372249</v>
+        <v>32719335.050000001</v>
       </c>
       <c r="F33" s="1" t="s">
-        <v>130</v>
+        <v>24</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>131</v>
+        <v>25</v>
       </c>
       <c r="H33" s="3" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="I33" s="3"/>
+        <v>354</v>
+      </c>
+      <c r="I33" s="8">
+        <v>73020</v>
+      </c>
       <c r="J33" s="1" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="K33" s="1" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="L33" s="1" t="s">
         <v>17</v>
       </c>
       <c r="M33" s="1" t="s">
-        <v>132</v>
+        <v>28</v>
       </c>
     </row>
     <row r="34" spans="1:13" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A34" s="1" t="s">
-        <v>133</v>
+        <v>166</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="C34" s="2">
-        <v>1.5761721444602912</v>
+        <v>1.5861394997391878</v>
       </c>
       <c r="D34" s="2">
-        <v>34609549.75</v>
+        <v>32464726.559999999</v>
       </c>
       <c r="E34" s="2">
-        <v>592325</v>
+        <v>181692</v>
       </c>
       <c r="F34" s="1" t="s">
-        <v>134</v>
+        <v>167</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>135</v>
+        <v>168</v>
       </c>
       <c r="H34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="I34" s="3"/>
       <c r="J34" s="1" t="s">
         <v>15</v>
       </c>
       <c r="K34" s="1" t="s">
         <v>16</v>
       </c>
       <c r="L34" s="1" t="s">
         <v>17</v>
       </c>
       <c r="M34" s="1" t="s">
-        <v>136</v>
+        <v>169</v>
       </c>
     </row>
     <row r="35" spans="1:13" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A35" s="1" t="s">
-        <v>110</v>
+        <v>97</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>33</v>
+        <v>18</v>
       </c>
       <c r="C35" s="2">
-        <v>1.5754035512994102</v>
+        <v>1.5409125771404286</v>
       </c>
       <c r="D35" s="2">
-        <v>34592673</v>
+        <v>31539032.649999999</v>
       </c>
       <c r="E35" s="2">
-        <v>378062</v>
+        <v>453995</v>
       </c>
       <c r="F35" s="1" t="s">
-        <v>111</v>
+        <v>98</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>112</v>
+        <v>99</v>
       </c>
       <c r="H35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="I35" s="3"/>
       <c r="J35" s="1" t="s">
         <v>15</v>
       </c>
       <c r="K35" s="1" t="s">
         <v>16</v>
       </c>
       <c r="L35" s="1" t="s">
         <v>17</v>
       </c>
       <c r="M35" s="1" t="s">
-        <v>113</v>
+        <v>100</v>
       </c>
     </row>
     <row r="36" spans="1:13" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A36" s="1" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="C36" s="2">
-        <v>1.5568898347189215</v>
+        <v>1.5192729900008497</v>
       </c>
       <c r="D36" s="2">
-        <v>34186149.259999998</v>
+        <v>31096118.719999999</v>
       </c>
       <c r="E36" s="2">
-        <v>650669</v>
+        <v>312461</v>
       </c>
       <c r="F36" s="1" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>139</v>
+        <v>114</v>
       </c>
       <c r="H36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="I36" s="3"/>
       <c r="J36" s="1" t="s">
         <v>15</v>
       </c>
       <c r="K36" s="1" t="s">
         <v>16</v>
       </c>
       <c r="L36" s="1" t="s">
         <v>17</v>
       </c>
       <c r="M36" s="1" t="s">
-        <v>140</v>
+        <v>115</v>
       </c>
     </row>
     <row r="37" spans="1:13" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A37" s="1" t="s">
-        <v>141</v>
+        <v>131</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="C37" s="2">
-        <v>1.5547776518612788</v>
+        <v>1.4991944924045142</v>
       </c>
       <c r="D37" s="2">
-        <v>34139770</v>
+        <v>30685156.800000001</v>
       </c>
       <c r="E37" s="2">
-        <v>128345</v>
+        <v>573340</v>
       </c>
       <c r="F37" s="1" t="s">
-        <v>142</v>
+        <v>132</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>143</v>
+        <v>133</v>
       </c>
       <c r="H37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="I37" s="3"/>
       <c r="J37" s="1" t="s">
         <v>15</v>
       </c>
       <c r="K37" s="1" t="s">
         <v>16</v>
       </c>
       <c r="L37" s="1" t="s">
         <v>17</v>
       </c>
       <c r="M37" s="1" t="s">
-        <v>144</v>
+        <v>134</v>
       </c>
     </row>
     <row r="38" spans="1:13" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A38" s="1" t="s">
-        <v>145</v>
+        <v>182</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="C38" s="2">
-        <v>1.5500159697682863</v>
+        <v>1.478436872212078</v>
       </c>
       <c r="D38" s="2">
-        <v>34035213.100000001</v>
+        <v>30260294.760000002</v>
       </c>
       <c r="E38" s="2">
-        <v>339605</v>
+        <v>475716</v>
       </c>
       <c r="F38" s="1" t="s">
-        <v>146</v>
+        <v>183</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>147</v>
+        <v>184</v>
       </c>
       <c r="H38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="I38" s="5"/>
       <c r="J38" s="1" t="s">
         <v>15</v>
       </c>
       <c r="K38" s="1" t="s">
         <v>16</v>
       </c>
       <c r="L38" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="M38" s="1"/>
+      <c r="M38" s="1" t="s">
+        <v>185</v>
+      </c>
     </row>
     <row r="39" spans="1:13" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A39" s="1" t="s">
-        <v>148</v>
+        <v>191</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="C39" s="2">
-        <v>1.5413826789756269</v>
+        <v>1.4597046741934627</v>
       </c>
       <c r="D39" s="2">
-        <v>33845643.509999998</v>
+        <v>29876888.579999998</v>
       </c>
       <c r="E39" s="2">
-        <v>1147699</v>
+        <v>340361</v>
       </c>
       <c r="F39" s="1" t="s">
-        <v>149</v>
+        <v>192</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>150</v>
+        <v>193</v>
       </c>
       <c r="H39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="I39" s="5"/>
       <c r="J39" s="1" t="s">
         <v>15</v>
       </c>
       <c r="K39" s="1" t="s">
         <v>16</v>
       </c>
       <c r="L39" s="1" t="s">
         <v>17</v>
       </c>
       <c r="M39" s="1" t="s">
-        <v>151</v>
+        <v>194</v>
       </c>
     </row>
     <row r="40" spans="1:13" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A40" s="1" t="s">
-        <v>152</v>
-[...3 lines deleted...]
-      </c>
+        <v>173</v>
+      </c>
+      <c r="B40" s="1"/>
       <c r="C40" s="2">
-        <v>1.5312563944593927</v>
+        <v>1.4312565802591728</v>
       </c>
       <c r="D40" s="2">
-        <v>33623290.799999997</v>
+        <v>29294619.75</v>
       </c>
       <c r="E40" s="2">
-        <v>1113354</v>
+        <v>235015</v>
       </c>
       <c r="F40" s="1" t="s">
-        <v>153</v>
+        <v>174</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>154</v>
+        <v>175</v>
       </c>
       <c r="H40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="I40" s="3"/>
       <c r="J40" s="1" t="s">
-        <v>15</v>
+        <v>176</v>
       </c>
       <c r="K40" s="1" t="s">
         <v>16</v>
       </c>
       <c r="L40" s="1" t="s">
         <v>17</v>
       </c>
       <c r="M40" s="1" t="s">
-        <v>155</v>
+        <v>177</v>
       </c>
     </row>
     <row r="41" spans="1:13" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A41" s="1" t="s">
-        <v>156</v>
+        <v>139</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="C41" s="2">
-        <v>1.5250358757075755</v>
+        <v>1.4190432398856714</v>
       </c>
       <c r="D41" s="2">
-        <v>33486700.800000001</v>
+        <v>29044640</v>
       </c>
       <c r="E41" s="2">
-        <v>486160</v>
+        <v>108700</v>
       </c>
       <c r="F41" s="1" t="s">
-        <v>157</v>
+        <v>140</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>158</v>
+        <v>141</v>
       </c>
       <c r="H41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="I41" s="3"/>
       <c r="J41" s="1" t="s">
         <v>15</v>
       </c>
       <c r="K41" s="1" t="s">
         <v>16</v>
       </c>
       <c r="L41" s="1" t="s">
         <v>17</v>
       </c>
       <c r="M41" s="1" t="s">
-        <v>159</v>
+        <v>142</v>
       </c>
     </row>
     <row r="42" spans="1:13" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A42" s="1" t="s">
-        <v>160</v>
+        <v>105</v>
       </c>
       <c r="B42" s="1" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2">
-        <v>1.5193378805309106</v>
+        <v>1.4114879440852788</v>
       </c>
       <c r="D42" s="2">
-        <v>33361584.359999999</v>
+        <v>28890000</v>
       </c>
       <c r="E42" s="2">
-        <v>1141738</v>
+        <v>225000</v>
       </c>
       <c r="F42" s="1" t="s">
-        <v>161</v>
+        <v>106</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>162</v>
+        <v>107</v>
       </c>
       <c r="H42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="I42" s="3"/>
       <c r="J42" s="1" t="s">
         <v>15</v>
       </c>
       <c r="K42" s="1" t="s">
         <v>16</v>
       </c>
       <c r="L42" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="M42" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M42" s="1"/>
     </row>
     <row r="43" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A43" s="1" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>33</v>
+        <v>19</v>
       </c>
       <c r="C43" s="2">
-        <v>1.5192540576858693</v>
+        <v>1.3842104690698493</v>
       </c>
       <c r="D43" s="2">
-        <v>33359743.780000001</v>
+        <v>28331691.120000001</v>
       </c>
       <c r="E43" s="2">
-        <v>365266</v>
+        <v>854136</v>
       </c>
       <c r="F43" s="1" t="s">
-        <v>115</v>
+        <v>121</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="H43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="I43" s="3"/>
       <c r="J43" s="1" t="s">
         <v>15</v>
       </c>
       <c r="K43" s="1" t="s">
         <v>16</v>
       </c>
       <c r="L43" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="M43" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M43" s="1"/>
     </row>
     <row r="44" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A44" s="1" t="s">
-        <v>164</v>
+        <v>178</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="C44" s="2">
-        <v>1.4477078665983167</v>
+        <v>1.3606822216521908</v>
       </c>
       <c r="D44" s="2">
-        <v>31788734.25</v>
+        <v>27850120.539999999</v>
       </c>
       <c r="E44" s="2">
-        <v>1204575</v>
+        <v>966347</v>
       </c>
       <c r="F44" s="1" t="s">
-        <v>165</v>
+        <v>179</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>166</v>
+        <v>180</v>
       </c>
       <c r="H44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="I44" s="3"/>
       <c r="J44" s="1" t="s">
         <v>15</v>
       </c>
       <c r="K44" s="1" t="s">
         <v>16</v>
       </c>
       <c r="L44" s="1" t="s">
         <v>17</v>
       </c>
       <c r="M44" s="1" t="s">
-        <v>167</v>
+        <v>181</v>
       </c>
     </row>
     <row r="45" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A45" s="1" t="s">
-        <v>172</v>
+        <v>127</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="C45" s="2">
-        <v>1.4148394338377461</v>
+        <v>1.3541203837350351</v>
       </c>
       <c r="D45" s="2">
-        <v>31067010</v>
+        <v>27715814.399999999</v>
       </c>
       <c r="E45" s="2">
-        <v>175500</v>
+        <v>360320</v>
       </c>
       <c r="F45" s="1" t="s">
-        <v>173</v>
+        <v>128</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>174</v>
+        <v>129</v>
       </c>
       <c r="H45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="I45" s="3"/>
       <c r="J45" s="1" t="s">
         <v>15</v>
       </c>
       <c r="K45" s="1" t="s">
         <v>16</v>
       </c>
       <c r="L45" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="M45" s="1"/>
+      <c r="M45" s="1" t="s">
+        <v>130</v>
+      </c>
     </row>
     <row r="46" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A46" s="1" t="s">
-        <v>175</v>
-[...1 lines deleted...]
-      <c r="B46" s="1"/>
+        <v>154</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>21</v>
+      </c>
       <c r="C46" s="2">
-        <v>1.4061943746561076</v>
+        <v>1.3505076195147867</v>
       </c>
       <c r="D46" s="2">
-        <v>30877182</v>
+        <v>27641869.199999999</v>
       </c>
       <c r="E46" s="2">
-        <v>250200</v>
+        <v>470580</v>
       </c>
       <c r="F46" s="1" t="s">
-        <v>176</v>
+        <v>155</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>177</v>
+        <v>156</v>
       </c>
       <c r="H46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="I46" s="3"/>
       <c r="J46" s="1" t="s">
-        <v>178</v>
+        <v>15</v>
       </c>
       <c r="K46" s="1" t="s">
         <v>16</v>
       </c>
       <c r="L46" s="1" t="s">
         <v>17</v>
       </c>
       <c r="M46" s="1" t="s">
-        <v>179</v>
+        <v>157</v>
       </c>
     </row>
     <row r="47" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A47" s="1" t="s">
-        <v>180</v>
+        <v>207</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="C47" s="2">
-        <v>1.3801250317385969</v>
+        <v>1.3126490074511044</v>
       </c>
       <c r="D47" s="2">
-        <v>30304752</v>
+        <v>26866988.120000001</v>
       </c>
       <c r="E47" s="2">
-        <v>985200</v>
+        <v>232333</v>
       </c>
       <c r="F47" s="1" t="s">
-        <v>181</v>
+        <v>208</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>182</v>
+        <v>209</v>
       </c>
       <c r="H47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="I47" s="3"/>
       <c r="J47" s="1" t="s">
         <v>15</v>
       </c>
       <c r="K47" s="1" t="s">
         <v>16</v>
       </c>
       <c r="L47" s="1" t="s">
         <v>17</v>
       </c>
       <c r="M47" s="1" t="s">
-        <v>183</v>
+        <v>210</v>
       </c>
     </row>
     <row r="48" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A48" s="1" t="s">
-        <v>184</v>
+        <v>150</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C48" s="2">
-        <v>1.3383085104975527</v>
+        <v>1.2748652912144864</v>
       </c>
       <c r="D48" s="2">
-        <v>29386545.84</v>
+        <v>26093639.989999998</v>
       </c>
       <c r="E48" s="2">
-        <v>491496</v>
+        <v>992531</v>
       </c>
       <c r="F48" s="1" t="s">
-        <v>185</v>
+        <v>151</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>186</v>
+        <v>152</v>
       </c>
       <c r="H48" s="3" t="s">
         <v>14</v>
       </c>
       <c r="I48" s="3"/>
       <c r="J48" s="1" t="s">
         <v>15</v>
       </c>
       <c r="K48" s="1" t="s">
         <v>16</v>
       </c>
       <c r="L48" s="1" t="s">
         <v>17</v>
       </c>
       <c r="M48" s="1" t="s">
-        <v>187</v>
+        <v>153</v>
       </c>
     </row>
     <row r="49" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A49" s="1" t="s">
-        <v>188</v>
+        <v>77</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>189</v>
+        <v>18</v>
       </c>
       <c r="C49" s="2">
-        <v>1.3112172537096631</v>
+        <v>1.2318281052817304</v>
       </c>
       <c r="D49" s="2">
-        <v>28791676.68</v>
+        <v>25212765.09</v>
       </c>
       <c r="E49" s="2">
-        <v>625634</v>
+        <v>169863</v>
       </c>
       <c r="F49" s="1" t="s">
-        <v>190</v>
+        <v>78</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>191</v>
+        <v>79</v>
       </c>
       <c r="H49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="I49" s="3"/>
       <c r="J49" s="1" t="s">
         <v>15</v>
       </c>
       <c r="K49" s="1" t="s">
         <v>16</v>
       </c>
       <c r="L49" s="1" t="s">
         <v>17</v>
       </c>
       <c r="M49" s="1" t="s">
-        <v>192</v>
+        <v>80</v>
       </c>
     </row>
     <row r="50" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A50" s="1" t="s">
-        <v>168</v>
+        <v>254</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="C50" s="2">
-        <v>1.2867496895888837</v>
+        <v>1.2159934926744609</v>
       </c>
       <c r="D50" s="2">
-        <v>28254418.5</v>
+        <v>24888666</v>
       </c>
       <c r="E50" s="2">
-        <v>187737</v>
+        <v>113388</v>
       </c>
       <c r="F50" s="1" t="s">
-        <v>169</v>
+        <v>255</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>170</v>
+        <v>256</v>
       </c>
       <c r="H50" s="3" t="s">
         <v>14</v>
       </c>
       <c r="I50" s="3"/>
       <c r="J50" s="1" t="s">
         <v>15</v>
       </c>
       <c r="K50" s="1" t="s">
         <v>16</v>
       </c>
       <c r="L50" s="1" t="s">
         <v>17</v>
       </c>
       <c r="M50" s="1" t="s">
-        <v>171</v>
+        <v>257</v>
       </c>
     </row>
     <row r="51" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A51" s="1" t="s">
-        <v>193</v>
+        <v>203</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="C51" s="2">
-        <v>1.2089229118264</v>
+        <v>1.2014859376784222</v>
       </c>
       <c r="D51" s="2">
-        <v>26545500</v>
+        <v>24591728.809999999</v>
       </c>
       <c r="E51" s="2">
-        <v>347000</v>
+        <v>335357</v>
       </c>
       <c r="F51" s="1" t="s">
-        <v>194</v>
+        <v>204</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>195</v>
+        <v>205</v>
       </c>
       <c r="H51" s="3" t="s">
         <v>14</v>
       </c>
       <c r="I51" s="3"/>
       <c r="J51" s="1" t="s">
         <v>15</v>
       </c>
       <c r="K51" s="1" t="s">
         <v>16</v>
       </c>
       <c r="L51" s="1" t="s">
         <v>17</v>
       </c>
       <c r="M51" s="1" t="s">
-        <v>196</v>
+        <v>206</v>
       </c>
     </row>
     <row r="52" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A52" s="1" t="s">
-        <v>197</v>
+        <v>223</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>18</v>
+        <v>187</v>
       </c>
       <c r="C52" s="2">
-        <v>1.1731972662393566</v>
+        <v>1.1483456097886586</v>
       </c>
       <c r="D52" s="2">
-        <v>25761037.140000001</v>
+        <v>23504065.199999999</v>
       </c>
       <c r="E52" s="2">
-        <v>1498606</v>
+        <v>484520</v>
       </c>
       <c r="F52" s="1" t="s">
-        <v>198</v>
+        <v>224</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>199</v>
+        <v>225</v>
       </c>
       <c r="H52" s="3" t="s">
         <v>14</v>
       </c>
       <c r="I52" s="3"/>
       <c r="J52" s="1" t="s">
         <v>15</v>
       </c>
       <c r="K52" s="1" t="s">
         <v>16</v>
       </c>
       <c r="L52" s="1" t="s">
         <v>17</v>
       </c>
       <c r="M52" s="1" t="s">
-        <v>200</v>
+        <v>226</v>
       </c>
     </row>
     <row r="53" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A53" s="1" t="s">
-        <v>201</v>
+        <v>195</v>
       </c>
       <c r="B53" s="1" t="s">
         <v>18</v>
       </c>
       <c r="C53" s="2">
-        <v>1.1486618889460007</v>
+        <v>1.063018979646547</v>
       </c>
       <c r="D53" s="2">
-        <v>25222289.920000002</v>
+        <v>21757620</v>
       </c>
       <c r="E53" s="2">
-        <v>46016</v>
+        <v>1450508</v>
       </c>
       <c r="F53" s="1" t="s">
-        <v>202</v>
+        <v>196</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>203</v>
+        <v>197</v>
       </c>
       <c r="H53" s="3" t="s">
         <v>14</v>
       </c>
       <c r="I53" s="3"/>
       <c r="J53" s="1" t="s">
         <v>15</v>
       </c>
       <c r="K53" s="1" t="s">
         <v>16</v>
       </c>
       <c r="L53" s="1" t="s">
         <v>17</v>
       </c>
       <c r="M53" s="1" t="s">
-        <v>204</v>
+        <v>198</v>
       </c>
     </row>
     <row r="54" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A54" s="1" t="s">
-        <v>205</v>
+        <v>143</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="C54" s="2">
-        <v>1.1466228157418688</v>
+        <v>1.057815934123564</v>
       </c>
       <c r="D54" s="2">
-        <v>25177516</v>
+        <v>21651125.300000001</v>
       </c>
       <c r="E54" s="2">
-        <v>341900</v>
+        <v>300293</v>
       </c>
       <c r="F54" s="1" t="s">
-        <v>206</v>
+        <v>144</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>207</v>
+        <v>145</v>
       </c>
       <c r="H54" s="3" t="s">
         <v>14</v>
       </c>
       <c r="I54" s="3"/>
       <c r="J54" s="1" t="s">
         <v>15</v>
       </c>
       <c r="K54" s="1" t="s">
         <v>16</v>
       </c>
       <c r="L54" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="M54" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M54" s="1"/>
     </row>
     <row r="55" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A55" s="1" t="s">
-        <v>209</v>
+        <v>238</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C55" s="2">
-        <v>1.1272943560269848</v>
+        <v>1.0382860758816441</v>
       </c>
       <c r="D55" s="2">
-        <v>24753102.149999999</v>
+        <v>21251392.800000001</v>
       </c>
       <c r="E55" s="2">
-        <v>240065</v>
+        <v>519340</v>
       </c>
       <c r="F55" s="1" t="s">
-        <v>210</v>
+        <v>239</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>211</v>
+        <v>240</v>
       </c>
       <c r="H55" s="3" t="s">
         <v>14</v>
       </c>
       <c r="I55" s="3"/>
       <c r="J55" s="1" t="s">
         <v>15</v>
       </c>
       <c r="K55" s="1" t="s">
         <v>16</v>
       </c>
       <c r="L55" s="1" t="s">
         <v>17</v>
       </c>
       <c r="M55" s="1" t="s">
-        <v>212</v>
+        <v>241</v>
       </c>
     </row>
     <row r="56" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A56" s="1" t="s">
-        <v>213</v>
+        <v>242</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="C56" s="2">
-        <v>1.0849629608230198</v>
+        <v>1.0171486086002552</v>
       </c>
       <c r="D56" s="2">
-        <v>23823590.399999999</v>
+        <v>20818756.140000001</v>
       </c>
       <c r="E56" s="2">
-        <v>551472</v>
+        <v>472402</v>
       </c>
       <c r="F56" s="1" t="s">
-        <v>214</v>
+        <v>243</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>215</v>
+        <v>244</v>
       </c>
       <c r="H56" s="3" t="s">
         <v>14</v>
       </c>
       <c r="I56" s="3"/>
       <c r="J56" s="1" t="s">
         <v>15</v>
       </c>
       <c r="K56" s="1" t="s">
         <v>16</v>
       </c>
       <c r="L56" s="1" t="s">
         <v>17</v>
       </c>
       <c r="M56" s="1" t="s">
-        <v>216</v>
+        <v>245</v>
       </c>
     </row>
     <row r="57" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A57" s="1" t="s">
-        <v>217</v>
+        <v>58</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="C57" s="2">
-        <v>1.0843077979722286</v>
+        <v>0.99410062667345322</v>
       </c>
       <c r="D57" s="2">
-        <v>23809204.350000001</v>
+        <v>20347015.520000003</v>
       </c>
       <c r="E57" s="2">
-        <v>1249827</v>
+        <v>60152</v>
       </c>
       <c r="F57" s="1" t="s">
-        <v>218</v>
+        <v>59</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>219</v>
+        <v>60</v>
       </c>
       <c r="H57" s="3" t="s">
         <v>14</v>
       </c>
       <c r="I57" s="3"/>
       <c r="J57" s="1" t="s">
         <v>15</v>
       </c>
       <c r="K57" s="1" t="s">
         <v>16</v>
       </c>
       <c r="L57" s="1" t="s">
         <v>17</v>
       </c>
       <c r="M57" s="1" t="s">
-        <v>220</v>
+        <v>61</v>
       </c>
     </row>
     <row r="58" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A58" s="1" t="s">
-        <v>221</v>
+        <v>246</v>
       </c>
       <c r="B58" s="1" t="s">
         <v>18</v>
       </c>
       <c r="C58" s="2">
-        <v>1.0531278587411295</v>
+        <v>0.9934337335528558</v>
       </c>
       <c r="D58" s="2">
-        <v>23124556</v>
+        <v>20333365.710000001</v>
       </c>
       <c r="E58" s="2">
-        <v>282800</v>
+        <v>206493</v>
       </c>
       <c r="F58" s="1" t="s">
-        <v>222</v>
+        <v>247</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>223</v>
+        <v>248</v>
       </c>
       <c r="H58" s="3" t="s">
         <v>14</v>
       </c>
       <c r="I58" s="3"/>
       <c r="J58" s="1" t="s">
         <v>15</v>
       </c>
       <c r="K58" s="1" t="s">
         <v>16</v>
       </c>
       <c r="L58" s="1" t="s">
         <v>17</v>
       </c>
       <c r="M58" s="1" t="s">
-        <v>224</v>
+        <v>249</v>
       </c>
     </row>
     <row r="59" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A59" s="1" t="s">
-        <v>225</v>
+        <v>146</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>189</v>
+        <v>13</v>
       </c>
       <c r="C59" s="2">
-        <v>1.0308742163643034</v>
+        <v>0.99090379458077782</v>
       </c>
       <c r="D59" s="2">
-        <v>22635911.059999999</v>
+        <v>20281583.52</v>
       </c>
       <c r="E59" s="2">
-        <v>500573</v>
+        <v>997128</v>
       </c>
       <c r="F59" s="1" t="s">
-        <v>226</v>
+        <v>147</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>227</v>
+        <v>148</v>
       </c>
       <c r="H59" s="3" t="s">
         <v>14</v>
       </c>
       <c r="I59" s="3"/>
       <c r="J59" s="1" t="s">
         <v>15</v>
       </c>
       <c r="K59" s="1" t="s">
         <v>16</v>
       </c>
       <c r="L59" s="1" t="s">
         <v>17</v>
       </c>
       <c r="M59" s="1" t="s">
-        <v>228</v>
+        <v>149</v>
       </c>
     </row>
     <row r="60" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A60" s="1" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="B60" s="1" t="s">
         <v>19</v>
       </c>
       <c r="C60" s="2">
-        <v>0.95114386786985594</v>
+        <v>0.93879745611746801</v>
       </c>
       <c r="D60" s="2">
-        <v>20885194</v>
+        <v>19215083.359999999</v>
       </c>
       <c r="E60" s="2">
-        <v>103300</v>
+        <v>101324</v>
       </c>
       <c r="F60" s="1" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="H60" s="3" t="s">
         <v>14</v>
       </c>
       <c r="I60" s="3"/>
       <c r="J60" s="1" t="s">
         <v>15</v>
       </c>
       <c r="K60" s="1" t="s">
         <v>16</v>
       </c>
       <c r="L60" s="1" t="s">
         <v>17</v>
       </c>
       <c r="M60" s="1" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
     </row>
     <row r="61" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A61" s="1" t="s">
-        <v>237</v>
+        <v>199</v>
       </c>
       <c r="B61" s="1" t="s">
         <v>18</v>
       </c>
       <c r="C61" s="2">
-        <v>0.93028215434506467</v>
+        <v>0.92266117106298406</v>
       </c>
       <c r="D61" s="2">
-        <v>20427113</v>
+        <v>18884809.710000001</v>
       </c>
       <c r="E61" s="2">
-        <v>109900</v>
+        <v>44547</v>
       </c>
       <c r="F61" s="1" t="s">
-        <v>238</v>
+        <v>200</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>239</v>
+        <v>201</v>
       </c>
       <c r="H61" s="3" t="s">
         <v>14</v>
       </c>
       <c r="I61" s="3"/>
       <c r="J61" s="1" t="s">
         <v>15</v>
       </c>
       <c r="K61" s="1" t="s">
         <v>16</v>
       </c>
       <c r="L61" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="M61" s="1"/>
+      <c r="M61" s="1" t="s">
+        <v>202</v>
+      </c>
     </row>
     <row r="62" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A62" s="1" t="s">
-        <v>240</v>
+        <v>219</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="C62" s="2">
-        <v>0.91807233305435698</v>
+        <v>0.88619685307570684</v>
       </c>
       <c r="D62" s="2">
-        <v>20159010.039999999</v>
+        <v>18138466.710000001</v>
       </c>
       <c r="E62" s="2">
-        <v>536572</v>
+        <v>277389</v>
       </c>
       <c r="F62" s="1" t="s">
-        <v>241</v>
+        <v>220</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>242</v>
+        <v>221</v>
       </c>
       <c r="H62" s="3" t="s">
         <v>14</v>
       </c>
       <c r="I62" s="3"/>
       <c r="J62" s="1" t="s">
         <v>15</v>
       </c>
       <c r="K62" s="1" t="s">
         <v>16</v>
       </c>
       <c r="L62" s="1" t="s">
         <v>17</v>
       </c>
       <c r="M62" s="1" t="s">
-        <v>243</v>
+        <v>222</v>
       </c>
     </row>
     <row r="63" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A63" s="1" t="s">
-        <v>248</v>
+        <v>215</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="C63" s="2">
-        <v>0.89794706992794693</v>
+        <v>0.87740871123218933</v>
       </c>
       <c r="D63" s="2">
-        <v>19717100</v>
+        <v>17958593.109999999</v>
       </c>
       <c r="E63" s="2">
-        <v>188500</v>
+        <v>1121711</v>
       </c>
       <c r="F63" s="1" t="s">
-        <v>249</v>
+        <v>216</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>250</v>
+        <v>217</v>
       </c>
       <c r="H63" s="3" t="s">
         <v>14</v>
       </c>
       <c r="I63" s="3"/>
       <c r="J63" s="1" t="s">
         <v>15</v>
       </c>
       <c r="K63" s="1" t="s">
         <v>16</v>
       </c>
       <c r="L63" s="1" t="s">
         <v>17</v>
       </c>
       <c r="M63" s="1" t="s">
-        <v>251</v>
+        <v>218</v>
       </c>
     </row>
     <row r="64" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A64" s="1" t="s">
-        <v>252</v>
+        <v>355</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="C64" s="2">
-        <v>0.88510976001318442</v>
+        <v>0.73365703778299629</v>
       </c>
       <c r="D64" s="2">
-        <v>19435218.66</v>
+        <v>15016318</v>
       </c>
       <c r="E64" s="2">
-        <v>673431</v>
+        <v>151100</v>
       </c>
       <c r="F64" s="1" t="s">
-        <v>253</v>
+        <v>356</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>254</v>
+        <v>357</v>
       </c>
       <c r="H64" s="3" t="s">
         <v>14</v>
       </c>
       <c r="I64" s="3"/>
       <c r="J64" s="1" t="s">
         <v>15</v>
       </c>
       <c r="K64" s="1" t="s">
         <v>16</v>
       </c>
       <c r="L64" s="1" t="s">
         <v>17</v>
       </c>
       <c r="M64" s="1" t="s">
-        <v>255</v>
+        <v>358</v>
       </c>
     </row>
     <row r="65" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A65" s="1" t="s">
-        <v>256</v>
+        <v>227</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C65" s="2">
-        <v>0.86857173010179922</v>
+        <v>0.70887885305490272</v>
       </c>
       <c r="D65" s="2">
-        <v>19072077</v>
+        <v>14509164</v>
       </c>
       <c r="E65" s="2">
-        <v>117100</v>
+        <v>57840</v>
       </c>
       <c r="F65" s="1" t="s">
-        <v>257</v>
+        <v>228</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>258</v>
+        <v>229</v>
       </c>
       <c r="H65" s="3" t="s">
         <v>14</v>
       </c>
       <c r="I65" s="3"/>
       <c r="J65" s="1" t="s">
         <v>15</v>
       </c>
       <c r="K65" s="1" t="s">
         <v>16</v>
       </c>
       <c r="L65" s="1" t="s">
         <v>17</v>
       </c>
       <c r="M65" s="1" t="s">
-        <v>259</v>
+        <v>230</v>
       </c>
     </row>
     <row r="66" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A66" s="1" t="s">
-        <v>229</v>
+        <v>250</v>
       </c>
       <c r="B66" s="1" t="s">
         <v>18</v>
       </c>
       <c r="C66" s="2">
-        <v>0.82881332070508174</v>
+        <v>0.693858891780745</v>
       </c>
       <c r="D66" s="2">
-        <v>18199062.809999999</v>
+        <v>14201739</v>
       </c>
       <c r="E66" s="2">
-        <v>59769</v>
+        <v>660546</v>
       </c>
       <c r="F66" s="1" t="s">
-        <v>230</v>
+        <v>251</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>231</v>
+        <v>252</v>
       </c>
       <c r="H66" s="3" t="s">
         <v>14</v>
       </c>
       <c r="I66" s="3"/>
       <c r="J66" s="1" t="s">
         <v>15</v>
       </c>
       <c r="K66" s="1" t="s">
         <v>16</v>
       </c>
       <c r="L66" s="1" t="s">
         <v>17</v>
       </c>
       <c r="M66" s="1" t="s">
-        <v>232</v>
+        <v>253</v>
       </c>
     </row>
     <row r="67" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A67" s="1" t="s">
-        <v>260</v>
+        <v>278</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="C67" s="2">
-        <v>0.8202828153432894</v>
+        <v>0.69228812115975458</v>
       </c>
       <c r="D67" s="2">
-        <v>18011750.18</v>
+        <v>14169588.84</v>
       </c>
       <c r="E67" s="2">
-        <v>770062</v>
+        <v>169716</v>
       </c>
       <c r="F67" s="1" t="s">
-        <v>261</v>
+        <v>279</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>262</v>
+        <v>280</v>
       </c>
       <c r="H67" s="3" t="s">
         <v>14</v>
       </c>
       <c r="I67" s="3"/>
       <c r="J67" s="1" t="s">
         <v>15</v>
       </c>
       <c r="K67" s="1" t="s">
         <v>16</v>
       </c>
       <c r="L67" s="1" t="s">
         <v>17</v>
       </c>
       <c r="M67" s="1" t="s">
-        <v>263</v>
+        <v>281</v>
       </c>
     </row>
     <row r="68" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A68" s="1" t="s">
-        <v>264</v>
+        <v>235</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="C68" s="2">
-        <v>0.77026635700765478</v>
+        <v>0.69163611046707874</v>
       </c>
       <c r="D68" s="2">
-        <v>16913490</v>
+        <v>14156243.640000001</v>
       </c>
       <c r="E68" s="2">
-        <v>321000</v>
+        <v>106326</v>
       </c>
       <c r="F68" s="1" t="s">
-        <v>265</v>
+        <v>236</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>266</v>
+        <v>237</v>
       </c>
       <c r="H68" s="3" t="s">
         <v>14</v>
       </c>
       <c r="I68" s="3"/>
       <c r="J68" s="1" t="s">
         <v>15</v>
       </c>
       <c r="K68" s="1" t="s">
         <v>16</v>
       </c>
       <c r="L68" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="M68" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M68" s="1"/>
     </row>
     <row r="69" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A69" s="1" t="s">
-        <v>244</v>
+        <v>317</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="C69" s="2">
-        <v>0.76691960042200757</v>
+        <v>0.6415949449808499</v>
       </c>
       <c r="D69" s="2">
-        <v>16840002</v>
+        <v>13132012.949999999</v>
       </c>
       <c r="E69" s="2">
-        <v>488116</v>
+        <v>245229</v>
       </c>
       <c r="F69" s="1" t="s">
-        <v>245</v>
+        <v>318</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>246</v>
+        <v>319</v>
       </c>
       <c r="H69" s="3" t="s">
         <v>14</v>
       </c>
       <c r="I69" s="3"/>
       <c r="J69" s="1" t="s">
         <v>15</v>
       </c>
       <c r="K69" s="1" t="s">
         <v>16</v>
       </c>
       <c r="L69" s="1" t="s">
         <v>17</v>
       </c>
       <c r="M69" s="1" t="s">
-        <v>247</v>
+        <v>320</v>
       </c>
     </row>
     <row r="70" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A70" s="1" t="s">
-        <v>268</v>
+        <v>290</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="C70" s="2">
-        <v>0.61121854507232332</v>
+        <v>0.63983494849789768</v>
       </c>
       <c r="D70" s="2">
-        <v>13421122</v>
+        <v>13095989.76</v>
       </c>
       <c r="E70" s="2">
-        <v>618200</v>
+        <v>164688</v>
       </c>
       <c r="F70" s="1" t="s">
-        <v>269</v>
+        <v>291</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="H70" s="3" t="s">
         <v>14</v>
       </c>
       <c r="I70" s="3"/>
       <c r="J70" s="1" t="s">
         <v>15</v>
       </c>
       <c r="K70" s="1" t="s">
         <v>16</v>
       </c>
       <c r="L70" s="1" t="s">
         <v>17</v>
       </c>
       <c r="M70" s="1" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
     </row>
     <row r="71" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A71" s="1" t="s">
-        <v>272</v>
+        <v>294</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="C71" s="2">
-        <v>0.6094107919158267</v>
+        <v>0.63640746002537518</v>
       </c>
       <c r="D71" s="2">
-        <v>13381427.4</v>
+        <v>13025836.74</v>
       </c>
       <c r="E71" s="2">
-        <v>164391</v>
+        <v>63266</v>
       </c>
       <c r="F71" s="1" t="s">
-        <v>273</v>
+        <v>295</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>274</v>
+        <v>296</v>
       </c>
       <c r="H71" s="3" t="s">
         <v>14</v>
       </c>
       <c r="I71" s="3"/>
       <c r="J71" s="1" t="s">
         <v>15</v>
       </c>
       <c r="K71" s="1" t="s">
         <v>16</v>
       </c>
       <c r="L71" s="1" t="s">
         <v>17</v>
       </c>
       <c r="M71" s="1" t="s">
-        <v>275</v>
+        <v>297</v>
       </c>
     </row>
     <row r="72" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A72" s="1" t="s">
-        <v>276</v>
+        <v>302</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>13</v>
+        <v>187</v>
       </c>
       <c r="C72" s="2">
-        <v>0.59732855797788531</v>
+        <v>0.62150339222032114</v>
       </c>
       <c r="D72" s="2">
-        <v>13116126</v>
+        <v>12720783.82</v>
       </c>
       <c r="E72" s="2">
-        <v>466600</v>
+        <v>392738</v>
       </c>
       <c r="F72" s="1" t="s">
-        <v>277</v>
+        <v>303</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>278</v>
+        <v>304</v>
       </c>
       <c r="H72" s="3" t="s">
         <v>14</v>
       </c>
       <c r="I72" s="3"/>
       <c r="J72" s="1" t="s">
         <v>15</v>
       </c>
       <c r="K72" s="1" t="s">
         <v>16</v>
       </c>
       <c r="L72" s="1" t="s">
         <v>17</v>
       </c>
       <c r="M72" s="1" t="s">
-        <v>279</v>
+        <v>305</v>
       </c>
     </row>
     <row r="73" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A73" s="1" t="s">
-        <v>280</v>
+        <v>258</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="C73" s="2">
-        <v>0.57036701077845875</v>
+        <v>0.59919705120350408</v>
       </c>
       <c r="D73" s="2">
-        <v>12524105</v>
+        <v>12264222.93</v>
       </c>
       <c r="E73" s="2">
-        <v>139700</v>
+        <v>697227</v>
       </c>
       <c r="F73" s="1" t="s">
-        <v>281</v>
+        <v>259</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>282</v>
+        <v>260</v>
       </c>
       <c r="H73" s="3" t="s">
         <v>14</v>
       </c>
       <c r="I73" s="3"/>
       <c r="J73" s="1" t="s">
         <v>15</v>
       </c>
       <c r="K73" s="1" t="s">
         <v>16</v>
       </c>
       <c r="L73" s="1" t="s">
         <v>17</v>
       </c>
       <c r="M73" s="1" t="s">
-        <v>283</v>
+        <v>261</v>
       </c>
     </row>
     <row r="74" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A74" s="1" t="s">
-        <v>284</v>
+        <v>270</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="C74" s="2">
-        <v>0.52437529638755787</v>
+        <v>0.59708463613045015</v>
       </c>
       <c r="D74" s="2">
-        <v>11514220.050000001</v>
+        <v>12220986.52</v>
       </c>
       <c r="E74" s="2">
-        <v>311785</v>
+        <v>159086</v>
       </c>
       <c r="F74" s="1" t="s">
-        <v>285</v>
+        <v>271</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>286</v>
+        <v>272</v>
       </c>
       <c r="H74" s="3" t="s">
         <v>14</v>
       </c>
       <c r="I74" s="3"/>
       <c r="J74" s="1" t="s">
         <v>15</v>
       </c>
       <c r="K74" s="1" t="s">
         <v>16</v>
       </c>
       <c r="L74" s="1" t="s">
         <v>17</v>
       </c>
       <c r="M74" s="1" t="s">
-        <v>287</v>
+        <v>273</v>
       </c>
     </row>
     <row r="75" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A75" s="1" t="s">
-        <v>288</v>
+        <v>211</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="C75" s="2">
-        <v>0.50512169238877314</v>
+        <v>0.57898789594485522</v>
       </c>
       <c r="D75" s="2">
-        <v>11091449.880000001</v>
+        <v>11850586.74</v>
       </c>
       <c r="E75" s="2">
-        <v>978082</v>
+        <v>493158</v>
       </c>
       <c r="F75" s="1" t="s">
-        <v>289</v>
+        <v>212</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>290</v>
+        <v>213</v>
       </c>
       <c r="H75" s="3" t="s">
         <v>14</v>
       </c>
       <c r="I75" s="3"/>
       <c r="J75" s="1" t="s">
         <v>15</v>
       </c>
       <c r="K75" s="1" t="s">
         <v>16</v>
       </c>
       <c r="L75" s="1" t="s">
         <v>17</v>
       </c>
       <c r="M75" s="1" t="s">
-        <v>291</v>
+        <v>214</v>
       </c>
     </row>
     <row r="76" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A76" s="1" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C76" s="2">
-        <v>0.50045847201297622</v>
+        <v>0.56873754346587868</v>
       </c>
       <c r="D76" s="2">
-        <v>10989055</v>
+        <v>11640784.960000001</v>
       </c>
       <c r="E76" s="2">
-        <v>167900</v>
+        <v>88081</v>
       </c>
       <c r="F76" s="1" t="s">
-        <v>293</v>
+        <v>299</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>294</v>
+        <v>300</v>
       </c>
       <c r="H76" s="3" t="s">
         <v>14</v>
       </c>
       <c r="I76" s="3"/>
       <c r="J76" s="1" t="s">
         <v>15</v>
       </c>
       <c r="K76" s="1" t="s">
         <v>16</v>
       </c>
       <c r="L76" s="1" t="s">
         <v>17</v>
       </c>
       <c r="M76" s="1" t="s">
-        <v>295</v>
+        <v>301</v>
       </c>
     </row>
     <row r="77" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A77" s="1" t="s">
-        <v>296</v>
+        <v>262</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C77" s="2">
-        <v>0.49780613280728153</v>
+        <v>0.51702658676465074</v>
       </c>
       <c r="D77" s="2">
-        <v>10930815</v>
+        <v>10582377.380000001</v>
       </c>
       <c r="E77" s="2">
-        <v>64500</v>
+        <v>314858</v>
       </c>
       <c r="F77" s="1" t="s">
-        <v>297</v>
+        <v>263</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>298</v>
+        <v>264</v>
       </c>
       <c r="H77" s="3" t="s">
         <v>14</v>
       </c>
       <c r="I77" s="3"/>
       <c r="J77" s="1" t="s">
         <v>15</v>
       </c>
       <c r="K77" s="1" t="s">
         <v>16</v>
       </c>
       <c r="L77" s="1" t="s">
         <v>17</v>
       </c>
       <c r="M77" s="1" t="s">
-        <v>299</v>
+        <v>265</v>
       </c>
     </row>
     <row r="78" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A78" s="1" t="s">
-        <v>300</v>
+        <v>306</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="C78" s="2">
-        <v>0.4763435442227385</v>
+        <v>0.49870862796750753</v>
       </c>
       <c r="D78" s="2">
-        <v>10459540</v>
+        <v>10207449.75</v>
       </c>
       <c r="E78" s="2">
-        <v>91000</v>
+        <v>375965</v>
       </c>
       <c r="F78" s="1" t="s">
-        <v>301</v>
+        <v>307</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>302</v>
+        <v>308</v>
       </c>
       <c r="H78" s="3" t="s">
         <v>14</v>
       </c>
       <c r="I78" s="3"/>
       <c r="J78" s="1" t="s">
         <v>15</v>
       </c>
       <c r="K78" s="1" t="s">
         <v>16</v>
       </c>
       <c r="L78" s="1" t="s">
         <v>17</v>
       </c>
       <c r="M78" s="1" t="s">
-        <v>303</v>
+        <v>309</v>
       </c>
     </row>
     <row r="79" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A79" s="1" t="s">
-        <v>304</v>
+        <v>282</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>189</v>
+        <v>21</v>
       </c>
       <c r="C79" s="2">
-        <v>0.46072525573997436</v>
+        <v>0.47670402095812692</v>
       </c>
       <c r="D79" s="2">
-        <v>10116594</v>
+        <v>9757064.6799999997</v>
       </c>
       <c r="E79" s="2">
-        <v>405800</v>
+        <v>301796</v>
       </c>
       <c r="F79" s="1" t="s">
-        <v>305</v>
+        <v>283</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>306</v>
+        <v>284</v>
       </c>
       <c r="H79" s="3" t="s">
         <v>14</v>
       </c>
       <c r="I79" s="3"/>
       <c r="J79" s="1" t="s">
         <v>15</v>
       </c>
       <c r="K79" s="1" t="s">
         <v>16</v>
       </c>
       <c r="L79" s="1" t="s">
         <v>17</v>
       </c>
       <c r="M79" s="1" t="s">
-        <v>307</v>
+        <v>285</v>
       </c>
     </row>
     <row r="80" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A80" s="1" t="s">
-        <v>308</v>
+        <v>313</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="C80" s="2">
-        <v>0.44512982910956694</v>
+        <v>0.46540242704480683</v>
       </c>
       <c r="D80" s="2">
-        <v>9774150</v>
+        <v>9525746.3399999999</v>
       </c>
       <c r="E80" s="2">
-        <v>383300</v>
+        <v>106326</v>
       </c>
       <c r="F80" s="1" t="s">
-        <v>309</v>
+        <v>314</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>310</v>
+        <v>315</v>
       </c>
       <c r="H80" s="3" t="s">
         <v>14</v>
       </c>
       <c r="I80" s="3"/>
       <c r="J80" s="1" t="s">
         <v>15</v>
       </c>
       <c r="K80" s="1" t="s">
         <v>16</v>
       </c>
       <c r="L80" s="1" t="s">
         <v>17</v>
       </c>
       <c r="M80" s="1" t="s">
-        <v>311</v>
+        <v>316</v>
       </c>
     </row>
     <row r="81" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A81" s="1" t="s">
-        <v>312</v>
+        <v>286</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>13</v>
+        <v>33</v>
       </c>
       <c r="C81" s="2">
-        <v>0.40759166945358566</v>
+        <v>0.45282575775331219</v>
       </c>
       <c r="D81" s="2">
-        <v>8949888</v>
+        <v>9268330.0600000005</v>
       </c>
       <c r="E81" s="2">
-        <v>489600</v>
+        <v>946714</v>
       </c>
       <c r="F81" s="1" t="s">
-        <v>313</v>
+        <v>287</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>314</v>
+        <v>288</v>
       </c>
       <c r="H81" s="3" t="s">
         <v>14</v>
       </c>
       <c r="I81" s="3"/>
       <c r="J81" s="1" t="s">
         <v>15</v>
       </c>
       <c r="K81" s="1" t="s">
         <v>16</v>
       </c>
       <c r="L81" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="M81" s="1"/>
+      <c r="M81" s="1" t="s">
+        <v>289</v>
+      </c>
     </row>
     <row r="82" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A82" s="1" t="s">
-        <v>315</v>
+        <v>327</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C82" s="2">
-        <v>0.37217292191907786</v>
+        <v>0.42120613004609231</v>
       </c>
       <c r="D82" s="2">
-        <v>8172164</v>
+        <v>8621147.0299999993</v>
       </c>
       <c r="E82" s="2">
-        <v>109900</v>
+        <v>91123</v>
       </c>
       <c r="F82" s="1" t="s">
-        <v>316</v>
+        <v>328</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>317</v>
+        <v>329</v>
       </c>
       <c r="H82" s="3" t="s">
         <v>14</v>
       </c>
       <c r="I82" s="3"/>
       <c r="J82" s="1" t="s">
         <v>15</v>
       </c>
       <c r="K82" s="1" t="s">
         <v>16</v>
       </c>
       <c r="L82" s="1" t="s">
         <v>17</v>
       </c>
       <c r="M82" s="1" t="s">
-        <v>318</v>
+        <v>330</v>
       </c>
     </row>
     <row r="83" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A83" s="1" t="s">
-        <v>319</v>
+        <v>359</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="C83" s="2">
-        <v>0.35766754294405706</v>
+        <v>0.41719650661843738</v>
       </c>
       <c r="D83" s="2">
-        <v>7853655.2400000002</v>
+        <v>8539079.0099999998</v>
       </c>
       <c r="E83" s="2">
-        <v>427759</v>
+        <v>311759</v>
       </c>
       <c r="F83" s="1" t="s">
-        <v>320</v>
+        <v>360</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>321</v>
+        <v>361</v>
       </c>
       <c r="H83" s="3" t="s">
         <v>14</v>
       </c>
       <c r="I83" s="3"/>
       <c r="J83" s="1" t="s">
         <v>15</v>
       </c>
       <c r="K83" s="1" t="s">
         <v>16</v>
       </c>
       <c r="L83" s="1" t="s">
         <v>17</v>
       </c>
       <c r="M83" s="1" t="s">
-        <v>322</v>
+        <v>362</v>
       </c>
     </row>
     <row r="84" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A84" s="1" t="s">
-        <v>323</v>
+        <v>339</v>
       </c>
       <c r="B84" s="1" t="s">
         <v>18</v>
       </c>
       <c r="C84" s="2">
-        <v>0.34824612622462869</v>
+        <v>0.41657778192857997</v>
       </c>
       <c r="D84" s="2">
-        <v>7646780</v>
+        <v>8526415.0999999996</v>
       </c>
       <c r="E84" s="2">
-        <v>176600</v>
+        <v>5295910</v>
       </c>
       <c r="F84" s="1" t="s">
-        <v>324</v>
+        <v>340</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>325</v>
+        <v>341</v>
       </c>
       <c r="H84" s="3" t="s">
         <v>14</v>
       </c>
       <c r="I84" s="3"/>
       <c r="J84" s="1" t="s">
         <v>15</v>
       </c>
       <c r="K84" s="1" t="s">
         <v>16</v>
       </c>
       <c r="L84" s="1" t="s">
         <v>17</v>
       </c>
       <c r="M84" s="1" t="s">
-        <v>326</v>
+        <v>342</v>
       </c>
     </row>
     <row r="85" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A85" s="1" t="s">
-        <v>327</v>
-[...1 lines deleted...]
-      <c r="B85" s="1"/>
+        <v>274</v>
+      </c>
+      <c r="B85" s="1" t="s">
+        <v>13</v>
+      </c>
       <c r="C85" s="2">
-        <v>0.34068110876693997</v>
+        <v>0.36738509951453385</v>
       </c>
       <c r="D85" s="2">
-        <v>7480667.5300000003</v>
+        <v>7519550.96</v>
       </c>
       <c r="E85" s="2">
-        <v>1923387</v>
-[...2 lines deleted...]
-      <c r="G85" s="1"/>
+        <v>457672</v>
+      </c>
+      <c r="F85" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="G85" s="1" t="s">
+        <v>276</v>
+      </c>
       <c r="H85" s="3" t="s">
         <v>14</v>
       </c>
       <c r="I85" s="3"/>
       <c r="J85" s="1" t="s">
-        <v>328</v>
+        <v>15</v>
       </c>
       <c r="K85" s="1" t="s">
         <v>16</v>
       </c>
       <c r="L85" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="M85" s="1"/>
+      <c r="M85" s="1" t="s">
+        <v>277</v>
+      </c>
     </row>
     <row r="86" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A86" s="1" t="s">
-        <v>329</v>
+        <v>310</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="C86" s="2">
-        <v>0.33205246594370608</v>
+        <v>0.33457951559889265</v>
       </c>
       <c r="D86" s="2">
-        <v>7291200</v>
+        <v>6848094.0599999996</v>
       </c>
       <c r="E86" s="2">
-        <v>186000</v>
+        <v>480231</v>
       </c>
       <c r="F86" s="1" t="s">
-        <v>330</v>
+        <v>311</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>331</v>
+        <v>312</v>
       </c>
       <c r="H86" s="3" t="s">
         <v>14</v>
       </c>
       <c r="I86" s="3"/>
       <c r="J86" s="1" t="s">
         <v>15</v>
       </c>
       <c r="K86" s="1" t="s">
         <v>16</v>
       </c>
       <c r="L86" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="M86" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M86" s="1"/>
     </row>
     <row r="87" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A87" s="1" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C87" s="2">
-        <v>0.31600973032156904</v>
+        <v>0.31664853803641341</v>
       </c>
       <c r="D87" s="2">
-        <v>6938934</v>
+        <v>6481087.0700000003</v>
       </c>
       <c r="E87" s="2">
-        <v>94100</v>
+        <v>323569</v>
       </c>
       <c r="F87" s="1" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="H87" s="3" t="s">
         <v>14</v>
       </c>
       <c r="I87" s="3"/>
       <c r="J87" s="1" t="s">
         <v>15</v>
       </c>
       <c r="K87" s="1" t="s">
         <v>16</v>
       </c>
       <c r="L87" s="1" t="s">
         <v>17</v>
       </c>
       <c r="M87" s="1" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
     </row>
     <row r="88" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A88" s="1" t="s">
-        <v>337</v>
-[...3 lines deleted...]
-      </c>
+        <v>321</v>
+      </c>
+      <c r="B88" s="1"/>
       <c r="C88" s="2">
-        <v>0.30590452971602639</v>
+        <v>0.28178594911027088</v>
       </c>
       <c r="D88" s="2">
-        <v>6717044.25</v>
+        <v>5767527.8799999999</v>
       </c>
       <c r="E88" s="2">
-        <v>627175</v>
-[...6 lines deleted...]
-      </c>
+        <v>1923387</v>
+      </c>
+      <c r="F88" s="1"/>
+      <c r="G88" s="1"/>
       <c r="H88" s="3" t="s">
         <v>14</v>
       </c>
       <c r="I88" s="3"/>
       <c r="J88" s="1" t="s">
-        <v>15</v>
+        <v>322</v>
       </c>
       <c r="K88" s="1" t="s">
         <v>16</v>
       </c>
       <c r="L88" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="M88" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M88" s="1"/>
     </row>
     <row r="89" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A89" s="1" t="s">
-        <v>341</v>
+        <v>363</v>
       </c>
       <c r="B89" s="1" t="s">
         <v>18</v>
       </c>
       <c r="C89" s="2">
-        <v>0.27502899468281161</v>
+        <v>0.26917324266032844</v>
       </c>
       <c r="D89" s="2">
-        <v>6039080</v>
+        <v>5509374</v>
       </c>
       <c r="E89" s="2">
-        <v>166000</v>
+        <v>11454</v>
       </c>
       <c r="F89" s="1" t="s">
-        <v>342</v>
+        <v>364</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>343</v>
+        <v>365</v>
       </c>
       <c r="H89" s="3" t="s">
         <v>14</v>
       </c>
       <c r="I89" s="3"/>
       <c r="J89" s="1" t="s">
         <v>15</v>
       </c>
       <c r="K89" s="1" t="s">
         <v>16</v>
       </c>
       <c r="L89" s="1" t="s">
         <v>17</v>
       </c>
       <c r="M89" s="1" t="s">
-        <v>344</v>
+        <v>366</v>
       </c>
     </row>
     <row r="90" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A90" s="1" t="s">
-        <v>345</v>
-[...1 lines deleted...]
-      <c r="B90" s="1"/>
+        <v>347</v>
+      </c>
+      <c r="B90" s="1" t="s">
+        <v>18</v>
+      </c>
       <c r="C90" s="2">
-        <v>0.27015240673387975</v>
+        <v>0.22493650108442484</v>
       </c>
       <c r="D90" s="2">
-        <v>5932000</v>
+        <v>4603946.88</v>
       </c>
       <c r="E90" s="2">
-        <v>5932</v>
-[...2 lines deleted...]
-      <c r="G90" s="1"/>
+        <v>276016</v>
+      </c>
+      <c r="F90" s="1" t="s">
+        <v>348</v>
+      </c>
+      <c r="G90" s="1" t="s">
+        <v>349</v>
+      </c>
       <c r="H90" s="3" t="s">
         <v>14</v>
       </c>
       <c r="I90" s="3"/>
       <c r="J90" s="1" t="s">
         <v>15</v>
       </c>
       <c r="K90" s="1" t="s">
         <v>16</v>
       </c>
       <c r="L90" s="1" t="s">
         <v>17</v>
       </c>
       <c r="M90" s="1" t="s">
-        <v>346</v>
+        <v>350</v>
       </c>
     </row>
     <row r="91" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A91" s="1" t="s">
-        <v>347</v>
+        <v>331</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="C91" s="2">
-        <v>0.2521047467748842</v>
+        <v>0.21591027557143547</v>
       </c>
       <c r="D91" s="2">
-        <v>5535709.9199999999</v>
+        <v>4419200.24</v>
       </c>
       <c r="E91" s="2">
-        <v>334282</v>
+        <v>607033</v>
       </c>
       <c r="F91" s="1" t="s">
-        <v>348</v>
+        <v>332</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>349</v>
+        <v>333</v>
       </c>
       <c r="H91" s="3" t="s">
         <v>14</v>
       </c>
       <c r="I91" s="3"/>
       <c r="J91" s="1" t="s">
         <v>15</v>
       </c>
       <c r="K91" s="1" t="s">
         <v>16</v>
       </c>
       <c r="L91" s="1" t="s">
         <v>17</v>
       </c>
       <c r="M91" s="1" t="s">
-        <v>350</v>
+        <v>334</v>
       </c>
     </row>
     <row r="92" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A92" s="1" t="s">
-        <v>351</v>
+        <v>343</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="C92" s="2">
-        <v>0.22476088200257524</v>
+        <v>0.15080570341733085</v>
       </c>
       <c r="D92" s="2">
-        <v>4935294</v>
+        <v>3086655.32</v>
       </c>
       <c r="E92" s="2">
-        <v>3767400</v>
+        <v>159188</v>
       </c>
       <c r="F92" s="1" t="s">
-        <v>352</v>
+        <v>344</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>353</v>
+        <v>345</v>
       </c>
       <c r="H92" s="3" t="s">
         <v>14</v>
       </c>
       <c r="I92" s="3"/>
       <c r="J92" s="1" t="s">
         <v>15</v>
       </c>
       <c r="K92" s="1" t="s">
         <v>16</v>
       </c>
       <c r="L92" s="1" t="s">
         <v>17</v>
       </c>
       <c r="M92" s="1" t="s">
-        <v>354</v>
+        <v>346</v>
       </c>
     </row>
     <row r="93" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A93" s="1" t="s">
-        <v>355</v>
+        <v>323</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="C93" s="2">
-        <v>0.20983385304947985</v>
+        <v>0.1487684343208141</v>
       </c>
       <c r="D93" s="2">
-        <v>4607526.66</v>
+        <v>3044956.98</v>
       </c>
       <c r="E93" s="2">
-        <v>162294</v>
+        <v>182442</v>
       </c>
       <c r="F93" s="1" t="s">
-        <v>356</v>
+        <v>324</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>357</v>
+        <v>325</v>
       </c>
       <c r="H93" s="3" t="s">
         <v>14</v>
       </c>
       <c r="I93" s="3"/>
       <c r="J93" s="1" t="s">
         <v>15</v>
       </c>
       <c r="K93" s="1" t="s">
         <v>16</v>
       </c>
       <c r="L93" s="1" t="s">
         <v>17</v>
       </c>
       <c r="M93" s="1" t="s">
-        <v>358</v>
+        <v>326</v>
       </c>
     </row>
     <row r="94" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A94" s="1" t="s">
-        <v>359</v>
-[...3 lines deleted...]
-      </c>
+        <v>351</v>
+      </c>
+      <c r="B94" s="1"/>
       <c r="C94" s="2">
-        <v>0.18453239785441766</v>
+        <v>8.7739396560476107E-2</v>
       </c>
       <c r="D94" s="2">
-        <v>4051957.92</v>
+        <v>1795829.13</v>
       </c>
       <c r="E94" s="2">
-        <v>329964</v>
-[...6 lines deleted...]
-      </c>
+        <v>598883</v>
+      </c>
+      <c r="F94" s="1"/>
+      <c r="G94" s="1"/>
       <c r="H94" s="3" t="s">
         <v>14</v>
       </c>
       <c r="I94" s="3"/>
       <c r="J94" s="1" t="s">
-        <v>15</v>
+        <v>322</v>
       </c>
       <c r="K94" s="1" t="s">
         <v>16</v>
       </c>
       <c r="L94" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="M94" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M94" s="1"/>
     </row>
     <row r="95" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A95" s="1" t="s">
-        <v>363</v>
+        <v>266</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="C95" s="2">
-        <v>0.1631046521901956</v>
+        <v>1.4147711559178435E-3</v>
       </c>
       <c r="D95" s="2">
-        <v>3581448</v>
+        <v>28957.200000000186</v>
       </c>
       <c r="E95" s="2">
-        <v>176600</v>
+        <v>1227</v>
       </c>
       <c r="F95" s="1" t="s">
-        <v>364</v>
+        <v>267</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>365</v>
+        <v>268</v>
       </c>
       <c r="H95" s="3" t="s">
         <v>14</v>
       </c>
       <c r="I95" s="3"/>
       <c r="J95" s="1" t="s">
         <v>15</v>
       </c>
       <c r="K95" s="1" t="s">
         <v>16</v>
       </c>
       <c r="L95" s="1" t="s">
         <v>17</v>
       </c>
       <c r="M95" s="1" t="s">
-        <v>366</v>
+        <v>269</v>
       </c>
     </row>
     <row r="96" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A96" s="1" t="s">
         <v>367</v>
       </c>
-      <c r="B96" s="1"/>
+      <c r="B96" s="1" t="s">
+        <v>368</v>
+      </c>
       <c r="C96" s="2">
-        <v>0.10607752075584718</v>
+        <v>1.1628041906967681E-4</v>
       </c>
       <c r="D96" s="2">
-        <v>2329247.63</v>
+        <v>2380</v>
       </c>
       <c r="E96" s="2">
-        <v>598883</v>
-[...1 lines deleted...]
-      <c r="F96" s="1"/>
+        <v>68</v>
+      </c>
+      <c r="F96" s="1" t="s">
+        <v>369</v>
+      </c>
       <c r="G96" s="1"/>
       <c r="H96" s="3" t="s">
         <v>14</v>
       </c>
-      <c r="I96" s="3"/>
+      <c r="I96" s="3">
+        <v>46073</v>
+      </c>
       <c r="J96" s="1" t="s">
-        <v>328</v>
+        <v>370</v>
       </c>
       <c r="K96" s="1" t="s">
-        <v>16</v>
+        <v>371</v>
       </c>
       <c r="L96" s="1" t="s">
         <v>17</v>
       </c>
       <c r="M96" s="1"/>
     </row>
     <row r="97" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A97" s="1"/>
       <c r="B97" s="1"/>
       <c r="C97" s="2"/>
       <c r="D97" s="2"/>
       <c r="E97" s="2"/>
       <c r="F97" s="1"/>
       <c r="G97" s="1"/>
       <c r="H97" s="3"/>
       <c r="I97" s="3"/>
       <c r="J97" s="1"/>
       <c r="K97" s="1"/>
       <c r="L97" s="1"/>
       <c r="M97" s="1"/>
     </row>
     <row r="98" spans="1:13" x14ac:dyDescent="0.25">
       <c r="D98" s="6"/>
     </row>
     <row r="102" spans="1:13" x14ac:dyDescent="0.25">
@@ -5786,52 +5804,73 @@
       <c r="A107" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A12:M96">
     <sortCondition descending="1" ref="C11:C96"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100434CE3F8FEBB244F858BBE1DD8B45B8C" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="c07abbd0cb9835aa5dd2244abc78329d">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9379bc3f-8eca-4bc5-9e54-5c43d66a46ba" xmlns:ns3="aa71bc78-42bd-452f-85da-b0a25b97c36d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d9916c96db37707aa5c5f1ea7438b40e" ns2:_="" ns3:_="">
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_Flow_SignoffStatus xmlns="9379bc3f-8eca-4bc5-9e54-5c43d66a46ba" xsi:nil="true"/>
+    <TaxCatchAll xmlns="aa71bc78-42bd-452f-85da-b0a25b97c36d" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="9379bc3f-8eca-4bc5-9e54-5c43d66a46ba">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100434CE3F8FEBB244F858BBE1DD8B45B8C" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="2dd9e93ca72a48091795bd8bd10dac6f">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9379bc3f-8eca-4bc5-9e54-5c43d66a46ba" xmlns:ns3="aa71bc78-42bd-452f-85da-b0a25b97c36d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="42a349b0c0865e57489f8dd83e6a8e2d" ns2:_="" ns3:_="">
     <xsd:import namespace="9379bc3f-8eca-4bc5-9e54-5c43d66a46ba"/>
     <xsd:import namespace="aa71bc78-42bd-452f-85da-b0a25b97c36d"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:_Flow_SignoffStatus" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
@@ -6046,105 +6085,84 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...19 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4C2EEA2F-394B-4D4D-B729-C7CC8787D83B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{599D928E-B86B-490D-A91F-EE6F4E39EA24}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...10 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8A9A088B-5FBA-401E-8C01-BC397FA5F320}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="9379bc3f-8eca-4bc5-9e54-5c43d66a46ba"/>
     <ds:schemaRef ds:uri="aa71bc78-42bd-452f-85da-b0a25b97c36d"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{599D928E-B86B-490D-A91F-EE6F4E39EA24}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E09AC7DA-05A3-4DA8-9360-D7A2F9B4EDDE}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="9379bc3f-8eca-4bc5-9e54-5c43d66a46ba"/>
+    <ds:schemaRef ds:uri="aa71bc78-42bd-452f-85da-b0a25b97c36d"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>WEB Holdings File</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>