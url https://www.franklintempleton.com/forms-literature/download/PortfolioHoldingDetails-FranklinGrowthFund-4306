--- v0 (2026-02-20)
+++ v1 (2026-03-12)
@@ -1,116 +1,113 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\ttherie\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F5F2571C-03E7-4573-B6D0-8298D853E3C5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E78F0345-88F2-4C29-A109-8E6E3A4673CF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="All Holdings" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'All Holdings'!$A$10:$K$10</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'All Holdings'!$A$10:$H$10</definedName>
   </definedNames>
   <calcPr calcId="191029" iterate="1" iterateCount="10000"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="332" uniqueCount="159">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="331" uniqueCount="159">
   <si>
     <t>This portfolio data should not be relied upon as a complete listing of a fund's holdings (or of a fund's top holdings) as information on particular holdings may be withheld if it is in the fund's interest to do so.</t>
   </si>
   <si>
     <t>Additionally, foreign currency forwards are not included in the portfolio data. Instead, the net market value of all currency forward contracts is included in cash and other net assets of the fund.</t>
   </si>
   <si>
     <t>Further, portfolio holdings data of over-the-counter derivative investments such as options and swap contracts list only the name of counterparty to the derivative contract, not the details of the derivative.</t>
   </si>
   <si>
     <t>Complete portfolio data can be found in the semi- and annual financial statements of the fund.</t>
   </si>
   <si>
     <t>Franklin Growth Fund</t>
   </si>
   <si>
     <t>As of</t>
   </si>
   <si>
     <t>Security Name</t>
   </si>
   <si>
     <t>Weight (%)</t>
   </si>
   <si>
     <t>Market Value ($)</t>
   </si>
   <si>
     <t>Quantity</t>
   </si>
   <si>
-    <t>—</t>
-[...1 lines deleted...]
-  <si>
     <t>USD</t>
   </si>
   <si>
     <t>67066G104</t>
   </si>
   <si>
     <t>02079K107</t>
   </si>
   <si>
     <t>57636Q104</t>
   </si>
   <si>
     <t>11135F101</t>
   </si>
   <si>
     <t>02079K305</t>
   </si>
   <si>
     <t>N07059210</t>
   </si>
   <si>
     <t>46120E602</t>
   </si>
   <si>
     <t>92826C839</t>
@@ -136,68 +133,62 @@
   <si>
     <t>30303M102</t>
   </si>
   <si>
     <t>64110L106</t>
   </si>
   <si>
     <t>45687V106</t>
   </si>
   <si>
     <t>98419M100</t>
   </si>
   <si>
     <t>69370C100</t>
   </si>
   <si>
     <t>09857L108</t>
   </si>
   <si>
     <t>09260D107</t>
   </si>
   <si>
     <t>00846U101</t>
   </si>
   <si>
-    <t>EUR</t>
-[...1 lines deleted...]
-  <si>
     <t>09290D101</t>
   </si>
   <si>
     <t>91324P102</t>
   </si>
   <si>
     <t>13646K108</t>
   </si>
   <si>
     <t>00287Y109</t>
   </si>
   <si>
-    <t>79466L302</t>
-[...1 lines deleted...]
-  <si>
     <t>82509L107</t>
   </si>
   <si>
     <t>22788C105</t>
   </si>
   <si>
     <t>58733R102</t>
   </si>
   <si>
     <t>92345Y106</t>
   </si>
   <si>
     <t>Cash and Cash Equivalents</t>
   </si>
   <si>
     <t>Holdings are provided for informational purposes only and should not be construed as a recommendation to purchase or sell any security. All data is subject to change.</t>
   </si>
   <si>
     <t>Not FDIC Insured | No Bank Guarantee | May Lose Value</t>
   </si>
   <si>
     <t>Before investing, carefully consider a fund’s investment objectives, risks, charges and expenses.</t>
   </si>
   <si>
     <t>You can find this and other information in each prospectus, or summary prospectus, if available, at www.franklintempleton.com. Please read it carefully.</t>
@@ -208,53 +199,50 @@
   <si>
     <t>© Franklin Templeton. All rights reserved.</t>
   </si>
   <si>
     <t>ARM HOLDINGS PLC ADR USD</t>
   </si>
   <si>
     <t>EQUITIES-AMERICAN DEPOSITORY RECEIPT</t>
   </si>
   <si>
     <t>ASML HOLDING NV NY REG</t>
   </si>
   <si>
     <t>ABBOTT LABORATORIES</t>
   </si>
   <si>
     <t>EQUITIES-COMMON STOCK</t>
   </si>
   <si>
     <t>ABBVIE INC COMMON STOCK</t>
   </si>
   <si>
     <t>AGILENT TECHNOLOGIES INC</t>
   </si>
   <si>
-    <t>ALPHABET INC COMMON STOCK</t>
-[...1 lines deleted...]
-  <si>
     <t>AMAZON.COM INC COMMON</t>
   </si>
   <si>
     <t>AMETEK INC COMMON STOCK</t>
   </si>
   <si>
     <t>AMPHENOL CORP COMMON</t>
   </si>
   <si>
     <t>APPLE INC COMMON STOCK</t>
   </si>
   <si>
     <t>AUTODESK INC COMMON STOCK</t>
   </si>
   <si>
     <t>BWX TECHNOLOGIES INC</t>
   </si>
   <si>
     <t>BLACKSTONE GROUP INC/THE</t>
   </si>
   <si>
     <t>BLACKROCK INC COMMON</t>
   </si>
   <si>
     <t>BOOKING HOLDINGS INC</t>
@@ -367,53 +355,50 @@
   <si>
     <t>NVIDIA CORP COMMON STOCK</t>
   </si>
   <si>
     <t>OLD DOMINION FREIGHT LINE</t>
   </si>
   <si>
     <t>PTC INC COMMON STOCK USD</t>
   </si>
   <si>
     <t>PALO ALTO NETWORKS INC</t>
   </si>
   <si>
     <t>PARKER-HANNIFIN CORP</t>
   </si>
   <si>
     <t>RTX CORP</t>
   </si>
   <si>
     <t>REPUBLIC SERVICES INC</t>
   </si>
   <si>
     <t>S&amp;P GLOBAL INC COMMON</t>
   </si>
   <si>
-    <t>SALESFORCE.COM INC.</t>
-[...1 lines deleted...]
-  <si>
     <t>CHARLES SCHWAB CORP/THE</t>
   </si>
   <si>
     <t>SHOPIFY INC COMMON STOCK</t>
   </si>
   <si>
     <t>STRYKER CORP COMMON STOCK</t>
   </si>
   <si>
     <t>SYNOPSYS INC COMMON STOCK</t>
   </si>
   <si>
     <t>TEXAS INSTRUMENTS INC</t>
   </si>
   <si>
     <t>THERMO FISHER SCIENTIFIC</t>
   </si>
   <si>
     <t>TRADEWEB MARKETS INC</t>
   </si>
   <si>
     <t>CANVA INC COM USD 1 *180</t>
   </si>
   <si>
     <t>8G3272S</t>
@@ -427,56 +412,50 @@
   <si>
     <t>UNITEDHEALTH GROUP INC</t>
   </si>
   <si>
     <t>VERISK ANALYTICS INC</t>
   </si>
   <si>
     <t>VISA INC COMMON STOCK USD</t>
   </si>
   <si>
     <t>XYLEM INC/NY COMMON STOCK</t>
   </si>
   <si>
     <t>CHECKOUT PAYMENTS GROUP</t>
   </si>
   <si>
     <t>9G6507S</t>
   </si>
   <si>
     <t>PLAID INC ORD USD 0.0001</t>
   </si>
   <si>
     <t>AHY9947U6</t>
   </si>
   <si>
-    <t>AESTAS MANAGEMENT CO LLC</t>
-[...4 lines deleted...]
-  <si>
     <t>ASTRAZENECA PLC COMMON</t>
   </si>
   <si>
     <t>G0593M107</t>
   </si>
   <si>
     <t>JOHNSON CONTROLS</t>
   </si>
   <si>
     <t>G51502105</t>
   </si>
   <si>
     <t>LINDE PLC COMMON STOCK</t>
   </si>
   <si>
     <t>G54950103</t>
   </si>
   <si>
     <t>TE CONNECTIVITY PLC</t>
   </si>
   <si>
     <t>G87052109</t>
   </si>
   <si>
     <t>TRANE TECHNOLOGIES PLC</t>
@@ -509,89 +488,118 @@
     <t>8G3275S</t>
   </si>
   <si>
     <t>CANVA INC CNV PFD SER A-5</t>
   </si>
   <si>
     <t>8G3276S</t>
   </si>
   <si>
     <t>CANVA INC CNV PFD SER A-4</t>
   </si>
   <si>
     <t>8G3278S</t>
   </si>
   <si>
     <t>8G3281S</t>
   </si>
   <si>
     <t>Security Number</t>
   </si>
   <si>
     <t>Asset Classification</t>
   </si>
   <si>
     <t>Trading Currency</t>
+  </si>
+  <si>
+    <t>ALPHABET INC-CL C -</t>
+  </si>
+  <si>
+    <t>ALPHABET INC-CL A -</t>
+  </si>
+  <si>
+    <t>OPENAI INC</t>
+  </si>
+  <si>
+    <t>AIX9990I8</t>
+  </si>
+  <si>
+    <t>NVENT ELECTRIC PLC COMMON</t>
+  </si>
+  <si>
+    <t>G6700G107</t>
+  </si>
+  <si>
+    <t>-</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="1" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="3">
+  <cellXfs count="7">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" quotePrefix="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleMedium4"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -893,2148 +901,2148 @@
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:G108"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A64" workbookViewId="0">
-      <selection activeCell="H25" sqref="H25"/>
+    <sheetView tabSelected="1" topLeftCell="A4" workbookViewId="0">
+      <selection activeCell="E16" sqref="E16"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="36.625" customWidth="1"/>
     <col min="2" max="2" width="10.875" customWidth="1"/>
     <col min="3" max="3" width="16.875" customWidth="1"/>
     <col min="4" max="4" width="10.875" customWidth="1"/>
-    <col min="5" max="5" width="12.875" customWidth="1"/>
+    <col min="5" max="5" width="14.25" style="3" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="42" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="25.875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="3" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="4" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="6" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
         <v>4</v>
       </c>
       <c r="B6" t="s">
         <v>5</v>
       </c>
       <c r="C6" s="1">
-        <v>46064</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+        <v>46086</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A10" t="s">
         <v>6</v>
       </c>
       <c r="B10" t="s">
         <v>7</v>
       </c>
       <c r="C10" t="s">
         <v>8</v>
       </c>
       <c r="D10" t="s">
         <v>9</v>
       </c>
-      <c r="E10" t="s">
-        <v>156</v>
+      <c r="E10" s="3" t="s">
+        <v>149</v>
       </c>
       <c r="F10" t="s">
-        <v>157</v>
+        <v>150</v>
       </c>
       <c r="G10" t="s">
-        <v>158</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A11" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-        <v>8.9499999999999993</v>
+        <v>99</v>
+      </c>
+      <c r="B11" s="4">
+        <v>8.75</v>
       </c>
       <c r="C11" s="2">
-        <v>1554300928.95</v>
+        <v>1499424005.8599999</v>
       </c>
       <c r="D11">
         <v>8178379</v>
       </c>
-      <c r="E11" t="s">
-        <v>12</v>
+      <c r="E11" s="3" t="s">
+        <v>11</v>
       </c>
       <c r="F11" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="G11" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A12" t="s">
-        <v>93</v>
-[...2 lines deleted...]
-        <v>6.01</v>
+        <v>89</v>
+      </c>
+      <c r="B12" s="4">
+        <v>6.18</v>
       </c>
       <c r="C12" s="2">
-        <v>1042901366.49</v>
+        <v>1059175342.36</v>
       </c>
       <c r="D12">
         <v>2579077</v>
       </c>
-      <c r="E12">
+      <c r="E12" s="3">
         <v>594918104</v>
       </c>
       <c r="F12" t="s">
+        <v>52</v>
+      </c>
+      <c r="G12" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A13" t="s">
         <v>55</v>
       </c>
-      <c r="G12" t="s">
-[...8 lines deleted...]
-        <v>4.22</v>
+      <c r="B13" s="4">
+        <v>4.59</v>
       </c>
       <c r="C13" s="2">
-        <v>733325561.91999996</v>
+        <v>786722356.55999994</v>
       </c>
       <c r="D13">
         <v>3593324</v>
       </c>
-      <c r="E13">
+      <c r="E13" s="3">
         <v>23135106</v>
       </c>
       <c r="F13" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="G13" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A14" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>3.74</v>
+        <v>58</v>
+      </c>
+      <c r="B14" s="4">
+        <v>3.29</v>
       </c>
       <c r="C14" s="2">
-        <v>649420616.51999998</v>
+        <v>564043484.49000001</v>
       </c>
       <c r="D14">
-        <v>4508613</v>
-[...2 lines deleted...]
-        <v>32095101</v>
+        <v>2166981</v>
+      </c>
+      <c r="E14" s="3">
+        <v>37833100</v>
       </c>
       <c r="F14" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="G14" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A15" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-        <v>3.44</v>
+        <v>41</v>
+      </c>
+      <c r="B15" s="4">
+        <v>3</v>
       </c>
       <c r="C15" s="2">
-        <v>597003265.5</v>
-[...8 lines deleted...]
-        <v>55</v>
+        <v>514189770.09999996</v>
+      </c>
+      <c r="D15" s="5" t="s">
+        <v>158</v>
+      </c>
+      <c r="E15" s="6" t="s">
+        <v>158</v>
       </c>
       <c r="G15" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A16" t="s">
-        <v>58</v>
-[...2 lines deleted...]
-        <v>3.05</v>
+        <v>152</v>
+      </c>
+      <c r="B16" s="4">
+        <v>2.98</v>
       </c>
       <c r="C16" s="2">
-        <v>528592263.16000003</v>
+        <v>510900645.31999999</v>
       </c>
       <c r="D16">
         <v>1697852</v>
       </c>
-      <c r="E16" t="s">
-        <v>13</v>
+      <c r="E16" s="3" t="s">
+        <v>12</v>
       </c>
       <c r="F16" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="G16" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="17" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A17" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>3.02</v>
+        <v>153</v>
+      </c>
+      <c r="B17" s="4">
+        <v>2.88</v>
       </c>
       <c r="C17" s="2">
-        <v>523746820</v>
-[...5 lines deleted...]
-        <v>10</v>
+        <v>492768025.27999997</v>
+      </c>
+      <c r="D17">
+        <v>1637756</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>15</v>
       </c>
       <c r="F17" t="s">
-        <v>44</v>
+        <v>52</v>
       </c>
       <c r="G17" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="18" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A18" t="s">
-        <v>58</v>
-[...2 lines deleted...]
-        <v>2.93</v>
+        <v>57</v>
+      </c>
+      <c r="B18" s="4">
+        <v>2.83</v>
       </c>
       <c r="C18" s="2">
-        <v>509276605.75999999</v>
+        <v>484825435.12</v>
       </c>
       <c r="D18">
-        <v>1637756</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>3558613</v>
+      </c>
+      <c r="E18" s="3">
+        <v>32095101</v>
       </c>
       <c r="F18" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="G18" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="19" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A19" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-        <v>2.8</v>
+        <v>64</v>
+      </c>
+      <c r="B19" s="4">
+        <v>2.75</v>
       </c>
       <c r="C19" s="2">
-        <v>485602830.68000001</v>
+        <v>471449568.11000001</v>
       </c>
       <c r="D19">
         <v>1416743</v>
       </c>
-      <c r="E19" t="s">
-        <v>15</v>
+      <c r="E19" s="3" t="s">
+        <v>14</v>
       </c>
       <c r="F19" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="G19" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="20" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A20" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-        <v>2.15</v>
+        <v>86</v>
+      </c>
+      <c r="B20" s="4">
+        <v>2.13</v>
       </c>
       <c r="C20" s="2">
-        <v>373541149.52000004</v>
+        <v>364644995.92000002</v>
       </c>
       <c r="D20">
         <v>695012</v>
       </c>
-      <c r="E20" t="s">
-        <v>14</v>
+      <c r="E20" s="3" t="s">
+        <v>13</v>
       </c>
       <c r="F20" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="G20" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="21" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A21" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-        <v>2.0099999999999998</v>
+        <v>98</v>
+      </c>
+      <c r="B21" s="4">
+        <v>1.92</v>
       </c>
       <c r="C21" s="2">
-        <v>348110133.47000003</v>
+        <v>329163108.08999997</v>
       </c>
       <c r="D21">
-        <v>512809</v>
-[...1 lines deleted...]
-      <c r="E21">
+        <v>444809</v>
+      </c>
+      <c r="E21" s="3">
         <v>666807102</v>
       </c>
       <c r="F21" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="G21" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="22" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A22" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>1.94</v>
+        <v>50</v>
+      </c>
+      <c r="B22" s="4">
+        <v>1.87</v>
       </c>
       <c r="C22" s="2">
-        <v>336072369.22000003</v>
+        <v>320324865.83999997</v>
       </c>
       <c r="D22">
         <v>234094</v>
       </c>
-      <c r="E22" t="s">
-        <v>17</v>
+      <c r="E22" s="3" t="s">
+        <v>16</v>
       </c>
       <c r="F22" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="G22" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="23" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A23" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-        <v>1.71</v>
+        <v>84</v>
+      </c>
+      <c r="B23" s="4">
+        <v>1.68</v>
       </c>
       <c r="C23" s="2">
-        <v>296777354.50999999</v>
+        <v>287437379.06</v>
       </c>
       <c r="D23">
         <v>292331</v>
       </c>
-      <c r="E23">
+      <c r="E23" s="3">
         <v>532457108</v>
       </c>
       <c r="F23" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="G23" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="24" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A24" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-        <v>1.71</v>
+        <v>130</v>
+      </c>
+      <c r="B24" s="4">
+        <v>1.68</v>
       </c>
       <c r="C24" s="2">
-        <v>296478211.56</v>
+        <v>287580439.62</v>
       </c>
       <c r="D24">
+        <v>586827</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>131</v>
+      </c>
+      <c r="F24" t="s">
+        <v>52</v>
+      </c>
+      <c r="G24" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="25" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A25" t="s">
+        <v>80</v>
+      </c>
+      <c r="B25" s="4">
+        <v>1.6</v>
+      </c>
+      <c r="C25" s="2">
+        <v>273915149</v>
+      </c>
+      <c r="D25">
+        <v>551470</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F25" t="s">
+        <v>52</v>
+      </c>
+      <c r="G25" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="26" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A26" t="s">
+        <v>134</v>
+      </c>
+      <c r="B26" s="4">
+        <v>1.6</v>
+      </c>
+      <c r="C26" s="2">
+        <v>273778373.04000002</v>
+      </c>
+      <c r="D26">
         <v>627414</v>
       </c>
-      <c r="E24" t="s">
-[...45 lines deleted...]
-      <c r="E26" t="s">
+      <c r="E26" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="F26" t="s">
+        <v>52</v>
+      </c>
+      <c r="G26" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="27" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A27" t="s">
+        <v>120</v>
+      </c>
+      <c r="B27" s="4">
+        <v>1.52</v>
+      </c>
+      <c r="C27" s="2">
+        <v>260034177</v>
+      </c>
+      <c r="D27">
+        <v>813115</v>
+      </c>
+      <c r="E27" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="F26" t="s">
-[...7 lines deleted...]
-      <c r="A27" t="s">
+      <c r="F27" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="G27" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="28" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A28" t="s">
+        <v>73</v>
+      </c>
+      <c r="B28" s="4">
+        <v>1.5</v>
+      </c>
+      <c r="C28" s="2">
+        <v>257449891.22999999</v>
+      </c>
+      <c r="D28">
+        <v>389739</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="F28" t="s">
+        <v>52</v>
+      </c>
+      <c r="G28" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="29" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A29" t="s">
+        <v>93</v>
+      </c>
+      <c r="B29" s="4">
+        <v>1.42</v>
+      </c>
+      <c r="C29" s="2">
+        <v>242466743.63999999</v>
+      </c>
+      <c r="D29">
+        <v>224831</v>
+      </c>
+      <c r="E29" s="3">
+        <v>609839105</v>
+      </c>
+      <c r="F29" t="s">
+        <v>52</v>
+      </c>
+      <c r="G29" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="30" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A30" t="s">
+        <v>110</v>
+      </c>
+      <c r="B30" s="4">
+        <v>1.39</v>
+      </c>
+      <c r="C30" s="2">
+        <v>238811923.59999999</v>
+      </c>
+      <c r="D30">
+        <v>539932</v>
+      </c>
+      <c r="E30" s="3">
+        <v>871607107</v>
+      </c>
+      <c r="F30" t="s">
+        <v>52</v>
+      </c>
+      <c r="G30" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="31" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A31" t="s">
+        <v>94</v>
+      </c>
+      <c r="B31" s="4">
+        <v>1.36</v>
+      </c>
+      <c r="C31" s="2">
+        <v>233272235.30000001</v>
+      </c>
+      <c r="D31">
+        <v>3041359</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F31" t="s">
+        <v>52</v>
+      </c>
+      <c r="G31" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="32" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A32" t="s">
+        <v>96</v>
+      </c>
+      <c r="B32" s="4">
+        <v>1.35</v>
+      </c>
+      <c r="C32" s="2">
+        <v>230679138.66</v>
+      </c>
+      <c r="D32">
+        <v>2326098</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="F32" t="s">
+        <v>52</v>
+      </c>
+      <c r="G32" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="33" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A33" t="s">
         <v>97</v>
       </c>
-      <c r="B27">
-[...54 lines deleted...]
-      <c r="E29" t="s">
+      <c r="B33" s="4">
+        <v>1.29</v>
+      </c>
+      <c r="C33" s="2">
+        <v>220267589.09999999</v>
+      </c>
+      <c r="D33">
+        <v>2417070</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F33" t="s">
+        <v>52</v>
+      </c>
+      <c r="G33" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="34" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A34" t="s">
+        <v>103</v>
+      </c>
+      <c r="B34" s="4">
+        <v>1.27</v>
+      </c>
+      <c r="C34" s="2">
+        <v>218249603.13999999</v>
+      </c>
+      <c r="D34">
+        <v>226067</v>
+      </c>
+      <c r="E34" s="3">
+        <v>701094104</v>
+      </c>
+      <c r="F34" t="s">
+        <v>52</v>
+      </c>
+      <c r="G34" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="35" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A35" t="s">
+        <v>128</v>
+      </c>
+      <c r="B35" s="4">
+        <v>1.27</v>
+      </c>
+      <c r="C35" s="2">
+        <v>218274780.08000001</v>
+      </c>
+      <c r="D35">
+        <v>1591156</v>
+      </c>
+      <c r="E35" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="F35" t="s">
+        <v>52</v>
+      </c>
+      <c r="G35" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="36" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A36" t="s">
+        <v>67</v>
+      </c>
+      <c r="B36" s="4">
+        <v>1.26</v>
+      </c>
+      <c r="C36" s="2">
+        <v>216297064.38</v>
+      </c>
+      <c r="D36">
+        <v>220134</v>
+      </c>
+      <c r="E36" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="F36" t="s">
+        <v>52</v>
+      </c>
+      <c r="G36" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="37" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A37" t="s">
+        <v>70</v>
+      </c>
+      <c r="B37" s="4">
+        <v>1.26</v>
+      </c>
+      <c r="C37" s="2">
+        <v>216410478</v>
+      </c>
+      <c r="D37">
+        <v>1071339</v>
+      </c>
+      <c r="E37" s="3">
+        <v>235851102</v>
+      </c>
+      <c r="F37" t="s">
+        <v>52</v>
+      </c>
+      <c r="G37" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="38" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A38" t="s">
+        <v>74</v>
+      </c>
+      <c r="B38" s="4">
+        <v>1.26</v>
+      </c>
+      <c r="C38" s="2">
+        <v>216621465.5</v>
+      </c>
+      <c r="D38">
+        <v>4579735</v>
+      </c>
+      <c r="E38" s="3">
+        <v>311900104</v>
+      </c>
+      <c r="F38" t="s">
+        <v>52</v>
+      </c>
+      <c r="G38" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="39" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A39" t="s">
+        <v>78</v>
+      </c>
+      <c r="B39" s="4">
+        <v>1.22</v>
+      </c>
+      <c r="C39" s="2">
+        <v>209502948</v>
+      </c>
+      <c r="D39">
+        <v>1277457</v>
+      </c>
+      <c r="E39" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="F29" t="s">
-[...200 lines deleted...]
-      <c r="D38">
+      <c r="F39" t="s">
+        <v>52</v>
+      </c>
+      <c r="G39" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="40" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A40" t="s">
+        <v>85</v>
+      </c>
+      <c r="B40" s="4">
+        <v>1.17</v>
+      </c>
+      <c r="C40" s="2">
+        <v>200190695.56</v>
+      </c>
+      <c r="D40">
         <v>316292</v>
       </c>
-      <c r="E38">
+      <c r="E40" s="3">
         <v>573284106</v>
       </c>
-      <c r="F38" t="s">
-[...44 lines deleted...]
-      </c>
       <c r="F40" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="G40" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="41" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A41" t="s">
-        <v>122</v>
-[...2 lines deleted...]
-        <v>1.1399999999999999</v>
+        <v>117</v>
+      </c>
+      <c r="B41" s="4">
+        <v>1.1499999999999999</v>
       </c>
       <c r="C41" s="2">
-        <v>198602100.47</v>
+        <v>196629757.40000001</v>
       </c>
       <c r="D41">
         <v>755687</v>
       </c>
-      <c r="E41">
+      <c r="E41" s="3">
         <v>907818108</v>
       </c>
       <c r="F41" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="G41" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="42" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A42" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-        <v>1.1299999999999999</v>
+        <v>126</v>
+      </c>
+      <c r="B42" s="4">
+        <v>1.1499999999999999</v>
       </c>
       <c r="C42" s="2">
-        <v>196547479.80000001</v>
+        <v>197119824.47999999</v>
       </c>
       <c r="D42">
-        <v>141132</v>
-[...2 lines deleted...]
-        <v>592688105</v>
+        <v>997974</v>
+      </c>
+      <c r="E42" s="3" t="s">
+        <v>127</v>
       </c>
       <c r="F42" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="G42" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="43" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A43" t="s">
-        <v>82</v>
-[...1 lines deleted...]
-      <c r="B43">
+        <v>59</v>
+      </c>
+      <c r="B43" s="4">
         <v>1.1200000000000001</v>
       </c>
       <c r="C43" s="2">
-        <v>194160689.43000001</v>
+        <v>191475378.72</v>
       </c>
       <c r="D43">
-        <v>1277457</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>724956</v>
+      </c>
+      <c r="E43" s="3">
+        <v>52769106</v>
       </c>
       <c r="F43" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="G43" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="44" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A44" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>1.0900000000000001</v>
+        <v>107</v>
+      </c>
+      <c r="B44" s="4">
+        <v>1.1100000000000001</v>
       </c>
       <c r="C44" s="2">
-        <v>188800423.5</v>
+        <v>189762570.97</v>
       </c>
       <c r="D44">
-        <v>308150</v>
-[...2 lines deleted...]
-        <v>244199105</v>
+        <v>1988917</v>
+      </c>
+      <c r="E44" s="3">
+        <v>808513105</v>
       </c>
       <c r="F44" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="G44" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="45" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A45" t="s">
+        <v>77</v>
+      </c>
+      <c r="B45" s="4">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="C45" s="2">
+        <v>189187079.34</v>
+      </c>
+      <c r="D45">
+        <v>2090234</v>
+      </c>
+      <c r="E45" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="F45" t="s">
+        <v>52</v>
+      </c>
+      <c r="G45" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="46" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A46" t="s">
         <v>112</v>
       </c>
-      <c r="B45">
-[...22 lines deleted...]
-      <c r="B46">
+      <c r="B46" s="4">
         <v>1.06</v>
       </c>
       <c r="C46" s="2">
-        <v>184658161.94</v>
+        <v>181740312.88</v>
       </c>
       <c r="D46">
         <v>350282</v>
       </c>
-      <c r="E46">
+      <c r="E46" s="3">
         <v>883556102</v>
       </c>
       <c r="F46" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="G46" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="47" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A47" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>104</v>
+      </c>
+      <c r="B47" s="4">
+        <v>1.05</v>
       </c>
       <c r="C47" s="2">
-        <v>173355876.43000001</v>
+        <v>179862823.96000001</v>
       </c>
       <c r="D47">
-        <v>259247</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>882286</v>
+      </c>
+      <c r="E47" s="3">
+        <v>7.5513000000000005E+105</v>
       </c>
       <c r="F47" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="G47" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="48" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A48" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>106</v>
+      </c>
+      <c r="B48" s="4">
+        <v>0.99</v>
       </c>
       <c r="C48" s="2">
-        <v>173378021.85999998</v>
+        <v>169805021.75999999</v>
       </c>
       <c r="D48">
-        <v>882286</v>
-[...5 lines deleted...]
-        <v>55</v>
+        <v>376416</v>
+      </c>
+      <c r="E48" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="F48" s="1" t="s">
+        <v>52</v>
       </c>
       <c r="G48" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="49" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A49" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>0.98</v>
+        <v>56</v>
+      </c>
+      <c r="B49" s="4">
+        <v>0.96</v>
       </c>
       <c r="C49" s="2">
-        <v>169926908.58000001</v>
+        <v>163824301.68000001</v>
       </c>
       <c r="D49">
         <v>722202</v>
       </c>
-      <c r="E49">
+      <c r="E49" s="3">
         <v>31100100</v>
       </c>
       <c r="F49" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="G49" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="50" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A50" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-        <v>0.98</v>
+        <v>62</v>
+      </c>
+      <c r="B50" s="4">
+        <v>0.96</v>
       </c>
       <c r="C50" s="2">
-        <v>169677468.34999999</v>
+        <v>164072340</v>
       </c>
       <c r="D50">
+        <v>158524</v>
+      </c>
+      <c r="E50" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F50" t="s">
+        <v>52</v>
+      </c>
+      <c r="G50" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="51" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A51" t="s">
+        <v>69</v>
+      </c>
+      <c r="B51" s="4">
+        <v>0.96</v>
+      </c>
+      <c r="C51" s="2">
+        <v>164139436.68000001</v>
+      </c>
+      <c r="D51">
+        <v>241851</v>
+      </c>
+      <c r="E51" s="3">
+        <v>231561101</v>
+      </c>
+      <c r="F51" t="s">
+        <v>52</v>
+      </c>
+      <c r="G51" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="52" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A52" t="s">
+        <v>71</v>
+      </c>
+      <c r="B52" s="4">
+        <v>0.96</v>
+      </c>
+      <c r="C52" s="2">
+        <v>164312827.99000001</v>
+      </c>
+      <c r="D52">
+        <v>278171</v>
+      </c>
+      <c r="E52" s="3">
+        <v>244199105</v>
+      </c>
+      <c r="F52" t="s">
+        <v>52</v>
+      </c>
+      <c r="G52" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="53" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A53" t="s">
+        <v>79</v>
+      </c>
+      <c r="B53" s="4">
+        <v>0.96</v>
+      </c>
+      <c r="C53" s="2">
+        <v>165023335.12</v>
+      </c>
+      <c r="D53">
+        <v>353528</v>
+      </c>
+      <c r="E53" s="3">
+        <v>461202103</v>
+      </c>
+      <c r="F53" t="s">
+        <v>52</v>
+      </c>
+      <c r="G53" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="54" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A54" t="s">
+        <v>60</v>
+      </c>
+      <c r="B54" s="4">
+        <v>0.94</v>
+      </c>
+      <c r="C54" s="2">
+        <v>160833744.5</v>
+      </c>
+      <c r="D54">
+        <v>822679</v>
+      </c>
+      <c r="E54" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="F54" t="s">
+        <v>52</v>
+      </c>
+      <c r="G54" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="55" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A55" t="s">
+        <v>72</v>
+      </c>
+      <c r="B55" s="4">
+        <v>0.94</v>
+      </c>
+      <c r="C55" s="2">
+        <v>160387270.61000001</v>
+      </c>
+      <c r="D55">
         <v>558977</v>
       </c>
-      <c r="E50">
+      <c r="E55" s="3">
         <v>278865100</v>
       </c>
-      <c r="F50" t="s">
-[...7 lines deleted...]
-      <c r="A51" t="s">
+      <c r="F55" t="s">
+        <v>52</v>
+      </c>
+      <c r="G55" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="56" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A56" t="s">
+        <v>88</v>
+      </c>
+      <c r="B56" s="4">
+        <v>0.91</v>
+      </c>
+      <c r="C56" s="2">
+        <v>156556519.72</v>
+      </c>
+      <c r="D56">
+        <v>124132</v>
+      </c>
+      <c r="E56" s="3">
+        <v>592688105</v>
+      </c>
+      <c r="F56" t="s">
+        <v>52</v>
+      </c>
+      <c r="G56" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="57" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A57" t="s">
+        <v>109</v>
+      </c>
+      <c r="B57" s="4">
+        <v>0.88</v>
+      </c>
+      <c r="C57" s="2">
+        <v>150063985.5</v>
+      </c>
+      <c r="D57">
+        <v>405031</v>
+      </c>
+      <c r="E57" s="3">
+        <v>863667101</v>
+      </c>
+      <c r="F57" t="s">
+        <v>52</v>
+      </c>
+      <c r="G57" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="58" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A58" t="s">
+        <v>111</v>
+      </c>
+      <c r="B58" s="4">
+        <v>0.85</v>
+      </c>
+      <c r="C58" s="2">
+        <v>145758221.46000001</v>
+      </c>
+      <c r="D58">
+        <v>736227</v>
+      </c>
+      <c r="E58" s="3">
+        <v>882508104</v>
+      </c>
+      <c r="F58" t="s">
+        <v>52</v>
+      </c>
+      <c r="G58" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="59" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A59" t="s">
+        <v>121</v>
+      </c>
+      <c r="B59" s="4">
+        <v>0.84</v>
+      </c>
+      <c r="C59" s="2">
+        <v>144544461.69</v>
+      </c>
+      <c r="D59">
+        <v>1145451</v>
+      </c>
+      <c r="E59" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="F59" t="s">
+        <v>52</v>
+      </c>
+      <c r="G59" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="60" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A60" t="s">
+        <v>105</v>
+      </c>
+      <c r="B60" s="4">
+        <v>0.79</v>
+      </c>
+      <c r="C60" s="2">
+        <v>135156509.66999999</v>
+      </c>
+      <c r="D60">
+        <v>583401</v>
+      </c>
+      <c r="E60" s="3">
+        <v>760759100</v>
+      </c>
+      <c r="F60" t="s">
+        <v>52</v>
+      </c>
+      <c r="G60" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="61" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A61" t="s">
         <v>63</v>
       </c>
-      <c r="B51">
-[...111 lines deleted...]
-      <c r="A56" t="s">
+      <c r="B61" s="4">
+        <v>0.72</v>
+      </c>
+      <c r="C61" s="2">
+        <v>122939298.72</v>
+      </c>
+      <c r="D61">
+        <v>26649</v>
+      </c>
+      <c r="E61" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="F61" t="s">
+        <v>52</v>
+      </c>
+      <c r="G61" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="62" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A62" t="s">
+        <v>140</v>
+      </c>
+      <c r="B62" s="4">
+        <v>0.7</v>
+      </c>
+      <c r="C62" s="2">
+        <v>119464544.45999999</v>
+      </c>
+      <c r="D62">
+        <v>453990</v>
+      </c>
+      <c r="E62" s="3">
+        <v>5843329</v>
+      </c>
+      <c r="F62" t="s">
+        <v>141</v>
+      </c>
+      <c r="G62" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="63" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A63" t="s">
         <v>100</v>
       </c>
-      <c r="B56">
-[...134 lines deleted...]
-      <c r="A62" t="s">
+      <c r="B63" s="4">
+        <v>0.66</v>
+      </c>
+      <c r="C63" s="2">
+        <v>112718856.31999999</v>
+      </c>
+      <c r="D63">
+        <v>535024</v>
+      </c>
+      <c r="E63" s="3">
+        <v>679580100</v>
+      </c>
+      <c r="F63" t="s">
+        <v>52</v>
+      </c>
+      <c r="G63" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="64" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A64" t="s">
+        <v>81</v>
+      </c>
+      <c r="B64" s="4">
+        <v>0.65</v>
+      </c>
+      <c r="C64" s="2">
+        <v>110851335</v>
+      </c>
+      <c r="D64">
+        <v>1759545</v>
+      </c>
+      <c r="E64" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="F64" t="s">
+        <v>52</v>
+      </c>
+      <c r="G64" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="65" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A65" t="s">
         <v>65</v>
       </c>
-      <c r="B62">
-[...69 lines deleted...]
-        <v>0.62</v>
+      <c r="B65" s="4">
+        <v>0.63</v>
       </c>
       <c r="C65" s="2">
-        <v>106800509.79000001</v>
+        <v>108622348.38</v>
       </c>
       <c r="D65">
         <v>1274013</v>
       </c>
-      <c r="E65" t="s">
-        <v>37</v>
+      <c r="E65" s="3" t="s">
+        <v>35</v>
       </c>
       <c r="F65" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="G65" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="66" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A66" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-        <v>0.59</v>
+        <v>113</v>
+      </c>
+      <c r="B66" s="4">
+        <v>0.62</v>
       </c>
       <c r="C66" s="2">
-        <v>103155318.59999999</v>
+        <v>106818893.48</v>
       </c>
       <c r="D66">
-        <v>800274</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>858052</v>
+      </c>
+      <c r="E66" s="3">
+        <v>892672106</v>
       </c>
       <c r="F66" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="G66" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="67" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A67" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>0.56999999999999995</v>
+        <v>53</v>
+      </c>
+      <c r="B67" s="4">
+        <v>0.56000000000000005</v>
       </c>
       <c r="C67" s="2">
-        <v>98693141.040000007</v>
+        <v>95772114.150000006</v>
       </c>
       <c r="D67">
-        <v>858052</v>
-[...5 lines deleted...]
-        <v>55</v>
+        <v>412189</v>
+      </c>
+      <c r="E67" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="F67" t="s">
+        <v>52</v>
       </c>
       <c r="G67" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="68" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A68" t="s">
         <v>54</v>
       </c>
-      <c r="B68">
+      <c r="B68" s="4">
+        <v>0.55000000000000004</v>
+      </c>
+      <c r="C68" s="2">
+        <v>94520362.140000001</v>
+      </c>
+      <c r="D68">
+        <v>800274</v>
+      </c>
+      <c r="E68" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="F68" t="s">
+        <v>52</v>
+      </c>
+      <c r="G68" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="69" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A69" t="s">
+        <v>51</v>
+      </c>
+      <c r="B69" s="4">
         <v>0.53</v>
       </c>
-      <c r="C68" s="2">
-[...2 lines deleted...]
-      <c r="D68">
+      <c r="C69" s="2">
+        <v>90081755.200000003</v>
+      </c>
+      <c r="D69">
         <v>811255</v>
       </c>
-      <c r="E68">
+      <c r="E69" s="3">
         <v>2824100</v>
       </c>
-      <c r="F68" t="s">
-[...10 lines deleted...]
-      <c r="B69">
+      <c r="F69" t="s">
+        <v>52</v>
+      </c>
+      <c r="G69" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="70" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A70" t="s">
+        <v>95</v>
+      </c>
+      <c r="B70" s="4">
         <v>0.52</v>
       </c>
-      <c r="C69" s="2">
-[...5 lines deleted...]
-      <c r="E69" t="s">
+      <c r="C70" s="2">
+        <v>89687245.439999998</v>
+      </c>
+      <c r="D70">
+        <v>191984</v>
+      </c>
+      <c r="E70" s="3">
+        <v>620076307</v>
+      </c>
+      <c r="F70" t="s">
+        <v>52</v>
+      </c>
+      <c r="G70" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="71" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A71" t="s">
+        <v>118</v>
+      </c>
+      <c r="B71" s="4">
+        <v>0.52</v>
+      </c>
+      <c r="C71" s="2">
+        <v>89563459.349999994</v>
+      </c>
+      <c r="D71">
+        <v>310155</v>
+      </c>
+      <c r="E71" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F71" t="s">
+        <v>52</v>
+      </c>
+      <c r="G71" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="72" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A72" t="s">
+        <v>138</v>
+      </c>
+      <c r="B72" s="4">
+        <v>0.46</v>
+      </c>
+      <c r="C72" s="2">
+        <v>79301739.299999997</v>
+      </c>
+      <c r="D72">
+        <v>1150134</v>
+      </c>
+      <c r="E72" s="3" t="s">
+        <v>139</v>
+      </c>
+      <c r="F72" t="s">
+        <v>52</v>
+      </c>
+      <c r="G72" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="73" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A73" t="s">
+        <v>61</v>
+      </c>
+      <c r="B73" s="4">
+        <v>0.42</v>
+      </c>
+      <c r="C73" s="2">
+        <v>71675433.900000006</v>
+      </c>
+      <c r="D73">
+        <v>620298</v>
+      </c>
+      <c r="E73" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="F73" t="s">
+        <v>52</v>
+      </c>
+      <c r="G73" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="74" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A74" t="s">
+        <v>102</v>
+      </c>
+      <c r="B74" s="4">
+        <v>0.41</v>
+      </c>
+      <c r="C74" s="2">
+        <v>70680259.359999999</v>
+      </c>
+      <c r="D74">
+        <v>433196</v>
+      </c>
+      <c r="E74" s="3">
+        <v>697435105</v>
+      </c>
+      <c r="F74" t="s">
+        <v>52</v>
+      </c>
+      <c r="G74" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="75" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A75" t="s">
+        <v>132</v>
+      </c>
+      <c r="B75" s="4">
+        <v>0.41</v>
+      </c>
+      <c r="C75" s="2">
+        <v>69735155.840000004</v>
+      </c>
+      <c r="D75">
+        <v>331189</v>
+      </c>
+      <c r="E75" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="F75" t="s">
+        <v>52</v>
+      </c>
+      <c r="G75" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="76" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A76" t="s">
+        <v>68</v>
+      </c>
+      <c r="B76" s="4">
+        <v>0.31</v>
+      </c>
+      <c r="C76" s="2">
+        <v>53511206.560000002</v>
+      </c>
+      <c r="D76">
+        <v>125566</v>
+      </c>
+      <c r="E76" s="3" t="s">
         <v>38</v>
       </c>
-      <c r="F69" t="s">
-[...161 lines deleted...]
-        <v>55</v>
+      <c r="F76" t="s">
+        <v>52</v>
       </c>
       <c r="G76" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="77" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A77" t="s">
-        <v>91</v>
-[...1 lines deleted...]
-      <c r="B77">
+        <v>108</v>
+      </c>
+      <c r="B77" s="4">
         <v>0.31</v>
       </c>
       <c r="C77" s="2">
-        <v>53653315.299999997</v>
+        <v>52488034.740000002</v>
       </c>
       <c r="D77">
+        <v>389406</v>
+      </c>
+      <c r="E77" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="F77" t="s">
+        <v>52</v>
+      </c>
+      <c r="G77" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="78" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A78" t="s">
+        <v>116</v>
+      </c>
+      <c r="B78" s="4">
+        <v>0.28999999999999998</v>
+      </c>
+      <c r="C78" s="2">
+        <v>49885276.890000001</v>
+      </c>
+      <c r="D78">
+        <v>136347</v>
+      </c>
+      <c r="E78" s="3">
+        <v>902252105</v>
+      </c>
+      <c r="F78" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="G78" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="79" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A79" t="s">
+        <v>87</v>
+      </c>
+      <c r="B79" s="4">
+        <v>0.28000000000000003</v>
+      </c>
+      <c r="C79" s="2">
+        <v>47330870.600000001</v>
+      </c>
+      <c r="D79">
         <v>26585</v>
       </c>
-      <c r="E77" t="s">
-[...36 lines deleted...]
-      <c r="B79">
+      <c r="E79" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="F79" t="s">
+        <v>52</v>
+      </c>
+      <c r="G79" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="80" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A80" t="s">
+        <v>101</v>
+      </c>
+      <c r="B80" s="4">
         <v>0.27</v>
       </c>
-      <c r="C79" s="2">
-[...21 lines deleted...]
-      </c>
       <c r="C80" s="2">
-        <v>46255719.75</v>
+        <v>46299447</v>
       </c>
       <c r="D80">
-        <v>136347</v>
-[...5 lines deleted...]
-        <v>55</v>
+        <v>281884</v>
+      </c>
+      <c r="E80" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="F80" t="s">
+        <v>52</v>
       </c>
       <c r="G80" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="81" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A81" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="B81">
+        <v>66</v>
+      </c>
+      <c r="B81" s="4">
+        <v>0.26</v>
+      </c>
+      <c r="C81" s="2">
+        <v>44820850.200000003</v>
+      </c>
+      <c r="D81">
+        <v>135345</v>
+      </c>
+      <c r="E81" s="3">
+        <v>146869102</v>
+      </c>
+      <c r="F81" t="s">
+        <v>52</v>
+      </c>
+      <c r="G81" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="82" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A82" t="s">
+        <v>136</v>
+      </c>
+      <c r="B82" s="4">
+        <v>0.25</v>
+      </c>
+      <c r="C82" s="2">
+        <v>43102352.039999999</v>
+      </c>
+      <c r="D82">
+        <v>78067</v>
+      </c>
+      <c r="E82" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="F82" t="s">
+        <v>52</v>
+      </c>
+      <c r="G82" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="83" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A83" t="s">
+        <v>48</v>
+      </c>
+      <c r="B83" s="4">
         <v>0.24</v>
       </c>
-      <c r="C81" s="2">
-[...2 lines deleted...]
-      <c r="D81">
+      <c r="C83" s="2">
+        <v>40672581.520000003</v>
+      </c>
+      <c r="D83">
         <v>337196</v>
       </c>
-      <c r="E81">
+      <c r="E83" s="3">
         <v>42068205</v>
       </c>
-      <c r="F81" t="s">
-[...7 lines deleted...]
-      <c r="A82" t="s">
+      <c r="F83" t="s">
+        <v>49</v>
+      </c>
+      <c r="G83" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="84" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A84" t="s">
+        <v>114</v>
+      </c>
+      <c r="B84" s="4">
+        <v>0.24</v>
+      </c>
+      <c r="C84" s="2">
+        <v>41833355.82</v>
+      </c>
+      <c r="D84">
+        <v>25413</v>
+      </c>
+      <c r="E84" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="F84" t="s">
+        <v>52</v>
+      </c>
+      <c r="G84" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="85" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A85" t="s">
+        <v>156</v>
+      </c>
+      <c r="B85" s="4">
+        <v>0.23</v>
+      </c>
+      <c r="C85" s="2">
+        <v>39394381.950000003</v>
+      </c>
+      <c r="D85">
+        <v>356349</v>
+      </c>
+      <c r="E85" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="F85" t="s">
+        <v>52</v>
+      </c>
+      <c r="G85" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="86" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A86" t="s">
         <v>119</v>
       </c>
-      <c r="B82">
-[...92 lines deleted...]
-        <v>0.17</v>
+      <c r="B86" s="4">
+        <v>0.21</v>
       </c>
       <c r="C86" s="2">
-        <v>29292582.670000002</v>
+        <v>35605566.619999997</v>
       </c>
       <c r="D86">
         <v>168571</v>
       </c>
-      <c r="E86" t="s">
-        <v>43</v>
+      <c r="E86" s="3" t="s">
+        <v>40</v>
       </c>
       <c r="F86" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="G86" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="87" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A87" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-        <v>0.13</v>
+        <v>81</v>
+      </c>
+      <c r="B87" s="4">
+        <v>0.2</v>
       </c>
       <c r="C87" s="2">
-        <v>22162287.870000001</v>
+        <v>34022709</v>
       </c>
       <c r="D87">
         <v>540043</v>
       </c>
-      <c r="E87" t="s">
-        <v>86</v>
+      <c r="E87" s="3" t="s">
+        <v>82</v>
       </c>
       <c r="F87" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="G87" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="88" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A88" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-        <v>0.09</v>
+        <v>83</v>
+      </c>
+      <c r="B88" s="4">
+        <v>0.16</v>
       </c>
       <c r="C88" s="2">
-        <v>15536108.49</v>
+        <v>26633844.84</v>
       </c>
       <c r="D88">
+        <v>124063</v>
+      </c>
+      <c r="E88" s="3">
+        <v>512807306</v>
+      </c>
+      <c r="F88" t="s">
+        <v>52</v>
+      </c>
+      <c r="G88" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="89" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A89" t="s">
+        <v>124</v>
+      </c>
+      <c r="B89" s="4">
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="C89" s="2">
+        <v>24621602.690000001</v>
+      </c>
+      <c r="D89">
         <v>98050</v>
       </c>
-      <c r="E88" t="s">
-[...19 lines deleted...]
-      <c r="D89">
+      <c r="E89" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="F89" t="s">
+        <v>52</v>
+      </c>
+      <c r="G89" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="90" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A90" t="s">
+        <v>90</v>
+      </c>
+      <c r="B90" s="4">
+        <v>0.08</v>
+      </c>
+      <c r="C90" s="2">
+        <v>14369950.59</v>
+      </c>
+      <c r="D90">
         <v>822494</v>
       </c>
-      <c r="E89" t="s">
-[...23 lines deleted...]
-        <v>144</v>
+      <c r="E90" s="3" t="s">
+        <v>91</v>
       </c>
       <c r="F90" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="G90" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="91" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A91" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="B91">
+        <v>75</v>
+      </c>
+      <c r="B91" s="4">
         <v>0.06</v>
       </c>
       <c r="C91" s="2">
-        <v>9754955</v>
+        <v>10314566</v>
       </c>
       <c r="D91">
         <v>849894</v>
       </c>
-      <c r="E91" t="s">
-        <v>80</v>
+      <c r="E91" s="3" t="s">
+        <v>76</v>
       </c>
       <c r="F91" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="G91" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="92" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A92" t="s">
-        <v>127</v>
-[...1 lines deleted...]
-      <c r="B92">
+        <v>122</v>
+      </c>
+      <c r="B92" s="4">
         <v>0.06</v>
       </c>
       <c r="C92" s="2">
-        <v>10123354.41</v>
+        <v>10045314.25</v>
       </c>
       <c r="D92">
         <v>96603</v>
       </c>
-      <c r="E92" t="s">
-        <v>128</v>
+      <c r="E92" s="3" t="s">
+        <v>123</v>
       </c>
       <c r="F92" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="G92" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-    <row r="93" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="93" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A93" t="s">
-        <v>131</v>
-[...2 lines deleted...]
-        <v>0.05</v>
+        <v>154</v>
+      </c>
+      <c r="B93" s="4">
+        <v>0.06</v>
       </c>
       <c r="C93" s="2">
-        <v>8254103</v>
+        <v>10540634.720000001</v>
       </c>
       <c r="D93">
         <v>17336</v>
       </c>
-      <c r="E93" t="s">
-        <v>132</v>
+      <c r="E93" s="3" t="s">
+        <v>155</v>
       </c>
       <c r="F93" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="G93" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-    <row r="94" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="94" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A94" t="s">
-        <v>149</v>
-[...1 lines deleted...]
-      <c r="B94">
+        <v>142</v>
+      </c>
+      <c r="B94" s="4">
         <v>0.02</v>
       </c>
       <c r="C94" s="2">
         <v>3873367.42</v>
       </c>
       <c r="D94">
         <v>2353</v>
       </c>
-      <c r="E94" t="s">
-        <v>150</v>
+      <c r="E94" s="3" t="s">
+        <v>143</v>
       </c>
       <c r="F94" t="s">
-        <v>148</v>
+        <v>141</v>
       </c>
       <c r="G94" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="95" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A95" t="s">
-        <v>151</v>
-[...1 lines deleted...]
-      <c r="B95">
+        <v>144</v>
+      </c>
+      <c r="B95" s="4">
         <v>0</v>
       </c>
       <c r="C95" s="2">
         <v>8230.7000000000007</v>
       </c>
       <c r="D95">
         <v>5</v>
       </c>
-      <c r="E95" t="s">
-        <v>152</v>
+      <c r="E95" s="3" t="s">
+        <v>145</v>
       </c>
       <c r="F95" s="1" t="s">
-        <v>148</v>
+        <v>141</v>
       </c>
       <c r="G95" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="96" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A96" t="s">
-        <v>153</v>
-[...1 lines deleted...]
-      <c r="B96">
+        <v>146</v>
+      </c>
+      <c r="B96" s="4">
         <v>0</v>
       </c>
       <c r="C96" s="2">
         <v>13169.12</v>
       </c>
       <c r="D96">
         <v>8</v>
       </c>
-      <c r="E96" t="s">
-        <v>154</v>
+      <c r="E96" s="3" t="s">
+        <v>147</v>
       </c>
       <c r="F96" t="s">
-        <v>148</v>
+        <v>141</v>
       </c>
       <c r="G96" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-    <row r="97" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="97" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A97" t="s">
-        <v>149</v>
-[...1 lines deleted...]
-      <c r="B97">
+        <v>142</v>
+      </c>
+      <c r="B97" s="4">
         <v>0</v>
       </c>
       <c r="C97" s="2">
         <v>154737.16</v>
       </c>
       <c r="D97">
         <v>94</v>
       </c>
-      <c r="E97" t="s">
-        <v>155</v>
+      <c r="E97" s="3" t="s">
+        <v>148</v>
       </c>
       <c r="F97" t="s">
-        <v>148</v>
+        <v>141</v>
       </c>
       <c r="G97" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-    <row r="103" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="98" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="C98" s="2"/>
+    </row>
+    <row r="103" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A103" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="104" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A104" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="105" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A105" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="106" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A106" t="s">
         <v>45</v>
       </c>
     </row>
-    <row r="104" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A104" t="s">
+    <row r="107" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A107" t="s">
         <v>46</v>
       </c>
     </row>
-    <row r="105" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A105" t="s">
+    <row r="108" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A108" t="s">
         <v>47</v>
-      </c>
-[...13 lines deleted...]
-        <v>50</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <ignoredErrors>
     <ignoredError sqref="A1:G5 A7:G9 A6:B6 D6:G6 A99:G108 A10:D10 A98:B98 D98:G98" numberStoredAsText="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>