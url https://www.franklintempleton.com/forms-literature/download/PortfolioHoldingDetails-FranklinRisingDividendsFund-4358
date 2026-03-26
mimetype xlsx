--- v0 (2026-02-11)
+++ v1 (2026-03-26)
@@ -1,79 +1,79 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\ttherie\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\bdollin\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A96D59F8-4199-4008-A693-C4733A2873AC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B0D732F2-A905-4910-8375-A87C0575F454}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="34185" yWindow="1635" windowWidth="23475" windowHeight="13575" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="All Holdings" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029" iterate="1" iterateCount="10000"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="209" uniqueCount="97">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="217" uniqueCount="104">
   <si>
     <t>This portfolio data should not be relied upon as a complete listing of a fund's holdings (or of a fund's top holdings) as information on particular holdings may be withheld if it is in the fund's interest to do so.</t>
   </si>
   <si>
     <t>Additionally, foreign currency forwards are not included in the portfolio data. Instead, the net market value of all currency forward contracts is included in cash and other net assets of the fund.</t>
   </si>
   <si>
     <t>Further, portfolio holdings data of over-the-counter derivative investments such as options and swap contracts list only the name of counterparty to the derivative contract, not the details of the derivative.</t>
   </si>
   <si>
     <t>Complete portfolio data can be found in the semi- and annual financial statements of the fund.</t>
   </si>
   <si>
     <t>Franklin Rising Dividends Fund</t>
   </si>
   <si>
     <t>As of</t>
   </si>
   <si>
     <t>Weight (%)</t>
   </si>
   <si>
     <t>Market Value ($)</t>
   </si>
   <si>
@@ -139,53 +139,50 @@
   <si>
     <t>You can find this and other information in each prospectus, or summary prospectus, if available, at www.franklintempleton.com. Please read it carefully.</t>
   </si>
   <si>
     <t>Franklin Distributors, LLC. Member FINRA/SIPC.</t>
   </si>
   <si>
     <t>© Franklin Templeton. All rights reserved.</t>
   </si>
   <si>
     <t>Security Description (Short)</t>
   </si>
   <si>
     <t>Security Identifier</t>
   </si>
   <si>
     <t>Asset Classification</t>
   </si>
   <si>
     <t>Trading Currency</t>
   </si>
   <si>
     <t>MICROSOFT CORP COMMON</t>
   </si>
   <si>
-    <t>EQUITIES-COMMON STOCK</t>
-[...1 lines deleted...]
-  <si>
     <t>BROADCOM INC COMMON STOCK</t>
   </si>
   <si>
     <t>APPLE INC COMMON STOCK</t>
   </si>
   <si>
     <t>WALMART INC COMMON STOCK</t>
   </si>
   <si>
     <t>JPMORGAN CHASE &amp; CO</t>
   </si>
   <si>
     <t>VISA INC COMMON STOCK USD</t>
   </si>
   <si>
     <t>LINDE PLC COMMON STOCK</t>
   </si>
   <si>
     <t>G54950103</t>
   </si>
   <si>
     <t>ELI LILLY AND COMPANY</t>
   </si>
   <si>
     <t>MORGAN STANLEY DEAN</t>
@@ -313,98 +310,137 @@
   <si>
     <t>ACCENTURE PLC COMMON</t>
   </si>
   <si>
     <t>G1151C101</t>
   </si>
   <si>
     <t>SHERWIN-WILLIAMS CO/THE</t>
   </si>
   <si>
     <t>ROPER TECHNOLOGIES INC</t>
   </si>
   <si>
     <t>MARSH &amp; MCLENNAN COS INC</t>
   </si>
   <si>
     <t>S&amp;P GLOBAL INC COMMON</t>
   </si>
   <si>
     <t>EOG RESOURCES INC COMMON</t>
   </si>
   <si>
     <t>ERIE INDEMNITY CO COMMON</t>
   </si>
   <si>
-    <t>HUMANA INC COMMON STOCK</t>
-[...4 lines deleted...]
-  <si>
     <t>INTUIT INC COMMON STOCK</t>
+  </si>
+  <si>
+    <t>AMEREN CORP COMMON STOCK</t>
+  </si>
+  <si>
+    <t>MERCK &amp; CO INC COMMON</t>
+  </si>
+  <si>
+    <t>002824100</t>
+  </si>
+  <si>
+    <t>023608102</t>
+  </si>
+  <si>
+    <t>032654105</t>
+  </si>
+  <si>
+    <t>037833100</t>
+  </si>
+  <si>
+    <t>038222105</t>
+  </si>
+  <si>
+    <t>58933Y105</t>
+  </si>
+  <si>
+    <t>75513E101</t>
+  </si>
+  <si>
+    <t>EQUITIES - COMMON STOCK</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="1" x14ac:knownFonts="1">
+  <numFmts count="2">
+    <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
+    <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
+  </numFmts>
+  <fonts count="2" x14ac:knownFonts="1">
+    <font>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="1">
+  <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="3">
+  <cellXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
-  <cellStyles count="1">
+  <cellStyles count="2">
+    <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleMedium4"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -702,1463 +738,1529 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:G78"/>
+  <dimension ref="A1:H78"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="H26" sqref="H26"/>
+      <selection activeCell="F71" sqref="F71"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="90.875" customWidth="1"/>
+    <col min="1" max="1" width="37.375" customWidth="1"/>
     <col min="2" max="2" width="10.875" customWidth="1"/>
     <col min="3" max="3" width="16.875" customWidth="1"/>
     <col min="4" max="4" width="10.875" customWidth="1"/>
     <col min="5" max="5" width="12.875" customWidth="1"/>
     <col min="6" max="7" width="25.875" customWidth="1"/>
-    <col min="8" max="9" width="10.875" customWidth="1"/>
+    <col min="8" max="8" width="12.125" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="10.875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="3" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="4" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="6" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
         <v>4</v>
       </c>
       <c r="B6" t="s">
         <v>5</v>
       </c>
       <c r="C6" s="1">
-        <v>46057</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:7" x14ac:dyDescent="0.25">
+        <v>46085</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A10" t="s">
         <v>31</v>
       </c>
       <c r="B10" t="s">
         <v>6</v>
       </c>
       <c r="C10" t="s">
         <v>7</v>
       </c>
       <c r="D10" t="s">
         <v>8</v>
       </c>
       <c r="E10" t="s">
         <v>32</v>
       </c>
       <c r="F10" t="s">
         <v>33</v>
       </c>
       <c r="G10" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="11" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A11" t="s">
         <v>35</v>
       </c>
       <c r="B11" s="2">
-        <v>6.79</v>
-[...2 lines deleted...]
-        <v>1866961425</v>
+        <v>6.28</v>
+      </c>
+      <c r="C11" s="3">
+        <v>1711970000</v>
       </c>
       <c r="D11">
-        <v>4507500</v>
+        <v>4225000</v>
       </c>
       <c r="E11">
         <v>594918104</v>
       </c>
       <c r="F11" t="s">
+        <v>103</v>
+      </c>
+      <c r="G11" t="s">
+        <v>9</v>
+      </c>
+      <c r="H11" s="4"/>
+    </row>
+    <row r="12" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A12" t="s">
         <v>36</v>
       </c>
-      <c r="G11" t="s">
-[...6 lines deleted...]
-      </c>
       <c r="B12" s="2">
-        <v>4.62</v>
-[...2 lines deleted...]
-        <v>1270706250</v>
+        <v>4.57</v>
+      </c>
+      <c r="C12" s="3">
+        <v>1244717600</v>
       </c>
       <c r="D12">
-        <v>4125000</v>
+        <v>3920000</v>
       </c>
       <c r="E12" t="s">
         <v>10</v>
       </c>
       <c r="F12" t="s">
-        <v>36</v>
+        <v>103</v>
       </c>
       <c r="G12" t="s">
         <v>9</v>
       </c>
-    </row>
-    <row r="13" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="H12" s="4"/>
+    </row>
+    <row r="13" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A13" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="B13" s="2">
-        <v>3.91</v>
-[...2 lines deleted...]
-        <v>1075546100</v>
+        <v>3.75</v>
+      </c>
+      <c r="C13" s="3">
+        <v>1021202800</v>
       </c>
       <c r="D13">
         <v>3890000</v>
       </c>
-      <c r="E13">
-        <v>37833100</v>
+      <c r="E13" t="s">
+        <v>99</v>
       </c>
       <c r="F13" t="s">
-        <v>36</v>
+        <v>103</v>
       </c>
       <c r="G13" t="s">
         <v>9</v>
       </c>
-    </row>
-    <row r="14" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="H13" s="4"/>
+    </row>
+    <row r="14" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A14" t="s">
         <v>39</v>
       </c>
       <c r="B14" s="2">
-        <v>3.44</v>
-[...2 lines deleted...]
-        <v>947200000</v>
+        <v>3.54</v>
+      </c>
+      <c r="C14" s="3">
+        <v>965532750</v>
       </c>
       <c r="D14">
-        <v>7400000</v>
-[...1 lines deleted...]
-      <c r="E14">
+        <v>3225000</v>
+      </c>
+      <c r="E14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F14" t="s">
+        <v>103</v>
+      </c>
+      <c r="G14" t="s">
+        <v>9</v>
+      </c>
+      <c r="H14" s="4"/>
+    </row>
+    <row r="15" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A15" t="s">
+        <v>38</v>
+      </c>
+      <c r="B15" s="2">
+        <v>3.45</v>
+      </c>
+      <c r="C15" s="3">
+        <v>940042550</v>
+      </c>
+      <c r="D15">
+        <v>7355000</v>
+      </c>
+      <c r="E15">
         <v>931142103</v>
       </c>
-      <c r="F14" t="s">
-[...21 lines deleted...]
-      </c>
       <c r="F15" t="s">
-        <v>36</v>
+        <v>103</v>
       </c>
       <c r="G15" t="s">
         <v>9</v>
       </c>
-    </row>
-    <row r="16" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="H15" s="4"/>
+    </row>
+    <row r="16" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A16" t="s">
         <v>41</v>
       </c>
       <c r="B16" s="2">
-        <v>3.14</v>
-[...2 lines deleted...]
-        <v>864469000</v>
+        <v>3.11</v>
+      </c>
+      <c r="C16" s="3">
+        <v>848623000</v>
       </c>
       <c r="D16">
+        <v>1700000</v>
+      </c>
+      <c r="E16" t="s">
+        <v>42</v>
+      </c>
+      <c r="F16" t="s">
+        <v>103</v>
+      </c>
+      <c r="G16" t="s">
+        <v>9</v>
+      </c>
+      <c r="H16" s="4"/>
+    </row>
+    <row r="17" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A17" t="s">
+        <v>40</v>
+      </c>
+      <c r="B17" s="2">
+        <v>3.08</v>
+      </c>
+      <c r="C17" s="3">
+        <v>839631400</v>
+      </c>
+      <c r="D17">
         <v>2620000</v>
       </c>
-      <c r="E16" t="s">
+      <c r="E17" t="s">
         <v>11</v>
       </c>
-      <c r="F16" t="s">
-[...21 lines deleted...]
-      </c>
       <c r="F17" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:7" x14ac:dyDescent="0.25">
+        <v>103</v>
+      </c>
+      <c r="G17" t="s">
+        <v>9</v>
+      </c>
+      <c r="H17" s="4"/>
+    </row>
+    <row r="18" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A18" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B18" s="2">
-        <v>2.92</v>
-[...2 lines deleted...]
-        <v>804661000</v>
+        <v>3.06</v>
+      </c>
+      <c r="C18" s="3">
+        <v>832963100</v>
       </c>
       <c r="D18">
-        <v>1700000</v>
-[...2 lines deleted...]
-        <v>43</v>
+        <v>830000</v>
+      </c>
+      <c r="E18">
+        <v>532457108</v>
       </c>
       <c r="F18" t="s">
-        <v>36</v>
+        <v>103</v>
       </c>
       <c r="G18" t="s">
         <v>9</v>
       </c>
-    </row>
-    <row r="19" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="H18" s="4"/>
+    </row>
+    <row r="19" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A19" t="s">
+        <v>47</v>
+      </c>
+      <c r="B19" s="2">
+        <v>2.52</v>
+      </c>
+      <c r="C19" s="3">
+        <v>685613500</v>
+      </c>
+      <c r="D19">
+        <v>2795000</v>
+      </c>
+      <c r="E19">
+        <v>478160104</v>
+      </c>
+      <c r="F19" t="s">
+        <v>103</v>
+      </c>
+      <c r="G19" t="s">
+        <v>9</v>
+      </c>
+      <c r="H19" s="4"/>
+    </row>
+    <row r="20" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A20" t="s">
         <v>44</v>
       </c>
-      <c r="B19" s="2">
-[...21 lines deleted...]
-      </c>
       <c r="B20" s="2">
-        <v>2.62</v>
-[...2 lines deleted...]
-        <v>722120800</v>
+        <v>2.4900000000000002</v>
+      </c>
+      <c r="C20" s="3">
+        <v>678699000</v>
       </c>
       <c r="D20">
-        <v>4010000</v>
+        <v>4050000</v>
       </c>
       <c r="E20">
         <v>617446448</v>
       </c>
       <c r="F20" t="s">
-        <v>36</v>
+        <v>103</v>
       </c>
       <c r="G20" t="s">
         <v>9</v>
       </c>
-    </row>
-    <row r="21" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="H20" s="4"/>
+    </row>
+    <row r="21" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A21" t="s">
+        <v>45</v>
+      </c>
+      <c r="B21" s="2">
+        <v>2.44</v>
+      </c>
+      <c r="C21" s="3">
+        <v>664236950</v>
+      </c>
+      <c r="D21">
+        <v>1945000</v>
+      </c>
+      <c r="E21" t="s">
+        <v>98</v>
+      </c>
+      <c r="F21" t="s">
+        <v>103</v>
+      </c>
+      <c r="G21" t="s">
+        <v>9</v>
+      </c>
+      <c r="H21" s="4"/>
+    </row>
+    <row r="22" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A22" t="s">
+        <v>51</v>
+      </c>
+      <c r="B22" s="2">
+        <v>2.42</v>
+      </c>
+      <c r="C22" s="3">
+        <v>659762100</v>
+      </c>
+      <c r="D22">
+        <v>4330000</v>
+      </c>
+      <c r="E22" t="s">
+        <v>14</v>
+      </c>
+      <c r="F22" t="s">
+        <v>103</v>
+      </c>
+      <c r="G22" t="s">
+        <v>9</v>
+      </c>
+      <c r="H22" s="4"/>
+    </row>
+    <row r="23" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A23" t="s">
         <v>46</v>
       </c>
-      <c r="B21" s="2">
-[...31 lines deleted...]
-      <c r="E22">
+      <c r="B23" s="2">
+        <v>2.34</v>
+      </c>
+      <c r="C23" s="3">
+        <v>637374410</v>
+      </c>
+      <c r="D23">
+        <v>1669000</v>
+      </c>
+      <c r="E23">
         <v>863667101</v>
       </c>
-      <c r="F22" t="s">
-[...7 lines deleted...]
-      <c r="A23" t="s">
+      <c r="F23" t="s">
+        <v>103</v>
+      </c>
+      <c r="G23" t="s">
+        <v>9</v>
+      </c>
+      <c r="H23" s="4"/>
+    </row>
+    <row r="24" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A24" t="s">
         <v>48</v>
       </c>
-      <c r="B23" s="2">
-[...21 lines deleted...]
-      </c>
       <c r="B24" s="2">
-        <v>2.11</v>
-[...2 lines deleted...]
-        <v>581023550</v>
+        <v>2.1800000000000002</v>
+      </c>
+      <c r="C24" s="3">
+        <v>595473300</v>
       </c>
       <c r="D24">
         <v>1795000</v>
       </c>
       <c r="E24">
         <v>580135101</v>
       </c>
       <c r="F24" t="s">
-        <v>36</v>
+        <v>103</v>
       </c>
       <c r="G24" t="s">
         <v>9</v>
       </c>
-    </row>
-    <row r="25" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="H24" s="4"/>
+    </row>
+    <row r="25" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A25" t="s">
+        <v>55</v>
+      </c>
+      <c r="B25" s="2">
+        <v>1.92</v>
+      </c>
+      <c r="C25" s="3">
+        <v>524218500</v>
+      </c>
+      <c r="D25">
+        <v>4635000</v>
+      </c>
+      <c r="E25" t="s">
+        <v>96</v>
+      </c>
+      <c r="F25" t="s">
+        <v>103</v>
+      </c>
+      <c r="G25" t="s">
+        <v>9</v>
+      </c>
+      <c r="H25" s="4"/>
+    </row>
+    <row r="26" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A26" t="s">
+        <v>54</v>
+      </c>
+      <c r="B26" s="2">
+        <v>1.92</v>
+      </c>
+      <c r="C26" s="3">
+        <v>522301800</v>
+      </c>
+      <c r="D26">
+        <v>5860000</v>
+      </c>
+      <c r="E26">
+        <v>631103108</v>
+      </c>
+      <c r="F26" t="s">
+        <v>103</v>
+      </c>
+      <c r="G26" t="s">
+        <v>9</v>
+      </c>
+      <c r="H26" s="4"/>
+    </row>
+    <row r="27" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A27" t="s">
+        <v>60</v>
+      </c>
+      <c r="B27" s="2">
+        <v>1.92</v>
+      </c>
+      <c r="C27" s="3">
+        <v>522390000</v>
+      </c>
+      <c r="D27">
+        <v>3300000</v>
+      </c>
+      <c r="E27">
+        <v>742718109</v>
+      </c>
+      <c r="F27" t="s">
+        <v>103</v>
+      </c>
+      <c r="G27" t="s">
+        <v>9</v>
+      </c>
+      <c r="H27" s="4"/>
+    </row>
+    <row r="28" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A28" t="s">
+        <v>56</v>
+      </c>
+      <c r="B28" s="2">
+        <v>1.88</v>
+      </c>
+      <c r="C28" s="3">
+        <v>511609000</v>
+      </c>
+      <c r="D28">
+        <v>2450000</v>
+      </c>
+      <c r="E28" t="s">
+        <v>102</v>
+      </c>
+      <c r="F28" t="s">
+        <v>103</v>
+      </c>
+      <c r="G28" t="s">
+        <v>9</v>
+      </c>
+      <c r="H28" s="4"/>
+    </row>
+    <row r="29" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A29" t="s">
         <v>50</v>
       </c>
-      <c r="B25" s="2">
-[...8 lines deleted...]
-      <c r="E25">
+      <c r="B29" s="2">
+        <v>1.86</v>
+      </c>
+      <c r="C29" s="3">
+        <v>505975000</v>
+      </c>
+      <c r="D29">
+        <v>2500000</v>
+      </c>
+      <c r="E29">
+        <v>882508104</v>
+      </c>
+      <c r="F29" t="s">
+        <v>103</v>
+      </c>
+      <c r="G29" t="s">
+        <v>9</v>
+      </c>
+      <c r="H29" s="4"/>
+    </row>
+    <row r="30" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A30" t="s">
+        <v>24</v>
+      </c>
+      <c r="B30" s="2">
+        <v>1.86</v>
+      </c>
+      <c r="C30" s="3">
+        <v>506445127.81</v>
+      </c>
+      <c r="D30" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" t="s">
+        <v>13</v>
+      </c>
+      <c r="F30" t="s">
+        <v>24</v>
+      </c>
+      <c r="G30" t="s">
+        <v>9</v>
+      </c>
+      <c r="H30" s="4"/>
+    </row>
+    <row r="31" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A31" t="s">
+        <v>49</v>
+      </c>
+      <c r="B31" s="2">
+        <v>1.83</v>
+      </c>
+      <c r="C31" s="3">
+        <v>497967400</v>
+      </c>
+      <c r="D31">
+        <v>5185000</v>
+      </c>
+      <c r="E31">
         <v>808513105</v>
       </c>
-      <c r="F25" t="s">
-[...102 lines deleted...]
-      <c r="B30" s="2">
+      <c r="F31" t="s">
+        <v>103</v>
+      </c>
+      <c r="G31" t="s">
+        <v>9</v>
+      </c>
+      <c r="H31" s="4"/>
+    </row>
+    <row r="32" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A32" t="s">
+        <v>61</v>
+      </c>
+      <c r="B32" s="2">
         <v>1.82</v>
       </c>
-      <c r="C30">
-[...39 lines deleted...]
-      <c r="A32" t="s">
+      <c r="C32" s="3">
+        <v>497179950</v>
+      </c>
+      <c r="D32">
+        <v>2105000</v>
+      </c>
+      <c r="E32" t="s">
+        <v>15</v>
+      </c>
+      <c r="F32" t="s">
+        <v>103</v>
+      </c>
+      <c r="G32" t="s">
+        <v>9</v>
+      </c>
+      <c r="H32" s="4"/>
+    </row>
+    <row r="33" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A33" t="s">
         <v>58</v>
       </c>
-      <c r="B32" s="2">
-[...21 lines deleted...]
-      </c>
       <c r="B33" s="2">
-        <v>1.72</v>
-[...2 lines deleted...]
-        <v>474315100</v>
+        <v>1.78</v>
+      </c>
+      <c r="C33" s="3">
+        <v>484017100</v>
       </c>
       <c r="D33">
         <v>490000</v>
       </c>
       <c r="E33">
         <v>701094104</v>
       </c>
       <c r="F33" t="s">
-        <v>36</v>
+        <v>103</v>
       </c>
       <c r="G33" t="s">
         <v>9</v>
       </c>
-    </row>
-    <row r="34" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="H33" s="4"/>
+    </row>
+    <row r="34" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A34" t="s">
-        <v>60</v>
+        <v>52</v>
       </c>
       <c r="B34" s="2">
-        <v>1.69</v>
-[...2 lines deleted...]
-        <v>466022700</v>
+        <v>1.73</v>
+      </c>
+      <c r="C34" s="3">
+        <v>471100000</v>
       </c>
       <c r="D34">
+        <v>3365000</v>
+      </c>
+      <c r="E34" t="s">
+        <v>53</v>
+      </c>
+      <c r="F34" t="s">
+        <v>103</v>
+      </c>
+      <c r="G34" t="s">
+        <v>9</v>
+      </c>
+      <c r="H34" s="4"/>
+    </row>
+    <row r="35" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A35" t="s">
+        <v>57</v>
+      </c>
+      <c r="B35" s="2">
+        <v>1.65</v>
+      </c>
+      <c r="C35" s="3">
+        <v>449998800</v>
+      </c>
+      <c r="D35">
+        <v>1740000</v>
+      </c>
+      <c r="E35">
+        <v>548661107</v>
+      </c>
+      <c r="F35" t="s">
+        <v>103</v>
+      </c>
+      <c r="G35" t="s">
+        <v>9</v>
+      </c>
+      <c r="H35" s="4"/>
+    </row>
+    <row r="36" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A36" t="s">
+        <v>66</v>
+      </c>
+      <c r="B36" s="2">
+        <v>1.64</v>
+      </c>
+      <c r="C36" s="3">
+        <v>447200000</v>
+      </c>
+      <c r="D36">
+        <v>1250000</v>
+      </c>
+      <c r="E36" t="s">
+        <v>100</v>
+      </c>
+      <c r="F36" t="s">
+        <v>103</v>
+      </c>
+      <c r="G36" t="s">
+        <v>9</v>
+      </c>
+      <c r="H36" s="4"/>
+    </row>
+    <row r="37" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A37" t="s">
+        <v>59</v>
+      </c>
+      <c r="B37" s="2">
+        <v>1.64</v>
+      </c>
+      <c r="C37" s="3">
+        <v>447899400</v>
+      </c>
+      <c r="D37">
         <v>390000</v>
       </c>
-      <c r="E34">
+      <c r="E37">
         <v>384802104</v>
       </c>
-      <c r="F34" t="s">
-[...30 lines deleted...]
-      <c r="A36" t="s">
+      <c r="F37" t="s">
+        <v>103</v>
+      </c>
+      <c r="G37" t="s">
+        <v>9</v>
+      </c>
+      <c r="H37" s="4"/>
+    </row>
+    <row r="38" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A38" t="s">
+        <v>69</v>
+      </c>
+      <c r="B38" s="2">
+        <v>1.56</v>
+      </c>
+      <c r="C38" s="3">
+        <v>425972400</v>
+      </c>
+      <c r="D38">
+        <v>1995000</v>
+      </c>
+      <c r="E38">
+        <v>778296103</v>
+      </c>
+      <c r="F38" t="s">
+        <v>103</v>
+      </c>
+      <c r="G38" t="s">
+        <v>9</v>
+      </c>
+      <c r="H38" s="4"/>
+    </row>
+    <row r="39" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A39" t="s">
+        <v>63</v>
+      </c>
+      <c r="B39" s="2">
+        <v>1.56</v>
+      </c>
+      <c r="C39" s="3">
+        <v>424585900</v>
+      </c>
+      <c r="D39">
+        <v>3730000</v>
+      </c>
+      <c r="E39" t="s">
+        <v>64</v>
+      </c>
+      <c r="F39" t="s">
+        <v>103</v>
+      </c>
+      <c r="G39" t="s">
+        <v>9</v>
+      </c>
+      <c r="H39" s="4"/>
+    </row>
+    <row r="40" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A40" t="s">
         <v>62</v>
       </c>
-      <c r="B36" s="2">
-[...28 lines deleted...]
-      <c r="D37">
+      <c r="B40" s="2">
+        <v>1.55</v>
+      </c>
+      <c r="C40" s="3">
+        <v>422767450</v>
+      </c>
+      <c r="D40">
         <v>2065000</v>
       </c>
-      <c r="E37">
+      <c r="E40">
         <v>235851102</v>
       </c>
-      <c r="F37" t="s">
-[...53 lines deleted...]
-      <c r="A40" t="s">
+      <c r="F40" t="s">
+        <v>103</v>
+      </c>
+      <c r="G40" t="s">
+        <v>9</v>
+      </c>
+      <c r="H40" s="4"/>
+    </row>
+    <row r="41" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A41" t="s">
         <v>67</v>
       </c>
-      <c r="B40" s="2">
-[...21 lines deleted...]
-      </c>
       <c r="B41" s="2">
-        <v>1.45</v>
-[...2 lines deleted...]
-        <v>397799850</v>
+        <v>1.5</v>
+      </c>
+      <c r="C41" s="3">
+        <v>408335850</v>
       </c>
       <c r="D41">
         <v>2195000</v>
       </c>
       <c r="E41">
         <v>166764100</v>
       </c>
       <c r="F41" t="s">
-        <v>36</v>
+        <v>103</v>
       </c>
       <c r="G41" t="s">
         <v>9</v>
       </c>
-    </row>
-    <row r="42" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="H41" s="4"/>
+    </row>
+    <row r="42" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A42" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="B42" s="2">
-        <v>1.41</v>
-[...2 lines deleted...]
-        <v>386940150</v>
+        <v>1.47</v>
+      </c>
+      <c r="C42" s="3">
+        <v>400901400</v>
       </c>
       <c r="D42">
         <v>1095000</v>
       </c>
       <c r="E42">
         <v>369550108</v>
       </c>
       <c r="F42" t="s">
-        <v>36</v>
+        <v>103</v>
       </c>
       <c r="G42" t="s">
         <v>9</v>
       </c>
-    </row>
-    <row r="43" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="H42" s="4"/>
+    </row>
+    <row r="43" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A43" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="B43" s="2">
-        <v>1.37</v>
-[...2 lines deleted...]
-        <v>377593650</v>
+        <v>1.39</v>
+      </c>
+      <c r="C43" s="3">
+        <v>379425650</v>
       </c>
       <c r="D43">
-        <v>1995000</v>
-[...2 lines deleted...]
-        <v>778296103</v>
+        <v>3265000</v>
+      </c>
+      <c r="E43" t="s">
+        <v>16</v>
       </c>
       <c r="F43" t="s">
-        <v>36</v>
+        <v>103</v>
       </c>
       <c r="G43" t="s">
         <v>9</v>
       </c>
-    </row>
-    <row r="44" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="H43" s="4"/>
+    </row>
+    <row r="44" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A44" t="s">
         <v>71</v>
       </c>
       <c r="B44" s="2">
-        <v>1.37</v>
-[...2 lines deleted...]
-        <v>376048800</v>
+        <v>1.38</v>
+      </c>
+      <c r="C44" s="3">
+        <v>375030000</v>
       </c>
       <c r="D44">
-        <v>1305000</v>
-[...1 lines deleted...]
-      <c r="E44">
+        <v>4050000</v>
+      </c>
+      <c r="E44" t="s">
+        <v>17</v>
+      </c>
+      <c r="F44" t="s">
+        <v>103</v>
+      </c>
+      <c r="G44" t="s">
+        <v>9</v>
+      </c>
+      <c r="H44" s="4"/>
+    </row>
+    <row r="45" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A45" t="s">
+        <v>70</v>
+      </c>
+      <c r="B45" s="2">
+        <v>1.35</v>
+      </c>
+      <c r="C45" s="3">
+        <v>368626500</v>
+      </c>
+      <c r="D45">
+        <v>1237500</v>
+      </c>
+      <c r="E45">
         <v>278865100</v>
       </c>
-      <c r="F44" t="s">
-[...7 lines deleted...]
-      <c r="A45" t="s">
+      <c r="F45" t="s">
+        <v>103</v>
+      </c>
+      <c r="G45" t="s">
+        <v>9</v>
+      </c>
+      <c r="H45" s="4"/>
+    </row>
+    <row r="46" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A46" t="s">
         <v>72</v>
       </c>
-      <c r="B45" s="2">
-[...21 lines deleted...]
-      </c>
       <c r="B46" s="2">
-        <v>1.28</v>
-[...2 lines deleted...]
-        <v>351513250</v>
+        <v>1.34</v>
+      </c>
+      <c r="C46" s="3">
+        <v>365219000</v>
       </c>
       <c r="D46">
         <v>1825000</v>
       </c>
       <c r="E46">
         <v>172908105</v>
       </c>
       <c r="F46" t="s">
-        <v>36</v>
+        <v>103</v>
       </c>
       <c r="G46" t="s">
         <v>9</v>
       </c>
-    </row>
-    <row r="47" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="H46" s="4"/>
+    </row>
+    <row r="47" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A47" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="B47" s="2">
         <v>1.18</v>
       </c>
-      <c r="C47">
-        <v>323880000</v>
+      <c r="C47" s="3">
+        <v>322123100</v>
       </c>
       <c r="D47">
-        <v>500000</v>
+        <v>1490000</v>
       </c>
       <c r="E47">
-        <v>147528103</v>
+        <v>679580100</v>
       </c>
       <c r="F47" t="s">
-        <v>36</v>
+        <v>103</v>
       </c>
       <c r="G47" t="s">
         <v>9</v>
       </c>
-    </row>
-    <row r="48" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="H47" s="4"/>
+    </row>
+    <row r="48" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A48" t="s">
+        <v>77</v>
+      </c>
+      <c r="B48" s="2">
+        <v>1.17</v>
+      </c>
+      <c r="C48" s="3">
+        <v>317972750</v>
+      </c>
+      <c r="D48">
+        <v>2705000</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>103</v>
+      </c>
+      <c r="G48" t="s">
+        <v>9</v>
+      </c>
+      <c r="H48" s="4"/>
+    </row>
+    <row r="49" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A49" t="s">
         <v>75</v>
       </c>
-      <c r="B48" s="2">
-[...21 lines deleted...]
-      </c>
       <c r="B49" s="2">
-        <v>1.1299999999999999</v>
-[...2 lines deleted...]
-        <v>310676950</v>
+        <v>1.1599999999999999</v>
+      </c>
+      <c r="C49" s="3">
+        <v>315371100</v>
       </c>
       <c r="D49">
         <v>2105000</v>
       </c>
       <c r="E49" t="s">
         <v>18</v>
       </c>
       <c r="F49" t="s">
-        <v>36</v>
+        <v>103</v>
       </c>
       <c r="G49" t="s">
         <v>9</v>
       </c>
-    </row>
-    <row r="50" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="H49" s="4"/>
+    </row>
+    <row r="50" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A50" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="B50" s="2">
-        <v>1.1200000000000001</v>
-[...2 lines deleted...]
-        <v>308380800</v>
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="C50" s="3">
+        <v>300911600</v>
       </c>
       <c r="D50">
-        <v>780000</v>
+        <v>440000</v>
       </c>
       <c r="E50">
+        <v>147528103</v>
+      </c>
+      <c r="F50" t="s">
+        <v>103</v>
+      </c>
+      <c r="G50" t="s">
+        <v>9</v>
+      </c>
+      <c r="H50" s="4"/>
+    </row>
+    <row r="51" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A51" t="s">
+        <v>74</v>
+      </c>
+      <c r="B51" s="2">
+        <v>1.07</v>
+      </c>
+      <c r="C51" s="3">
+        <v>290386600</v>
+      </c>
+      <c r="D51">
+        <v>5740000</v>
+      </c>
+      <c r="E51">
+        <v>892356106</v>
+      </c>
+      <c r="F51" t="s">
+        <v>103</v>
+      </c>
+      <c r="G51" t="s">
+        <v>9</v>
+      </c>
+      <c r="H51" s="4"/>
+    </row>
+    <row r="52" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A52" t="s">
+        <v>94</v>
+      </c>
+      <c r="B52" s="2">
+        <v>1.04</v>
+      </c>
+      <c r="C52" s="3">
+        <v>284469520</v>
+      </c>
+      <c r="D52">
+        <v>2510099</v>
+      </c>
+      <c r="E52" t="s">
+        <v>97</v>
+      </c>
+      <c r="F52" t="s">
+        <v>103</v>
+      </c>
+      <c r="G52" t="s">
+        <v>9</v>
+      </c>
+      <c r="H52" s="4"/>
+    </row>
+    <row r="53" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A53" t="s">
+        <v>84</v>
+      </c>
+      <c r="B53" s="2">
+        <v>1.02</v>
+      </c>
+      <c r="C53" s="3">
+        <v>277361800</v>
+      </c>
+      <c r="D53">
+        <v>580000</v>
+      </c>
+      <c r="E53">
+        <v>620076307</v>
+      </c>
+      <c r="F53" t="s">
+        <v>103</v>
+      </c>
+      <c r="G53" t="s">
+        <v>9</v>
+      </c>
+      <c r="H53" s="4"/>
+    </row>
+    <row r="54" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A54" t="s">
+        <v>83</v>
+      </c>
+      <c r="B54" s="2">
+        <v>0.97</v>
+      </c>
+      <c r="C54" s="3">
+        <v>264417750</v>
+      </c>
+      <c r="D54">
+        <v>1075000</v>
+      </c>
+      <c r="E54">
+        <v>438516106</v>
+      </c>
+      <c r="F54" t="s">
+        <v>103</v>
+      </c>
+      <c r="G54" t="s">
+        <v>9</v>
+      </c>
+      <c r="H54" s="4"/>
+    </row>
+    <row r="55" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A55" t="s">
+        <v>80</v>
+      </c>
+      <c r="B55" s="2">
+        <v>0.97</v>
+      </c>
+      <c r="C55" s="3">
+        <v>263911200</v>
+      </c>
+      <c r="D55">
+        <v>1610000</v>
+      </c>
+      <c r="E55">
+        <v>713448108</v>
+      </c>
+      <c r="F55" t="s">
+        <v>103</v>
+      </c>
+      <c r="G55" t="s">
+        <v>9</v>
+      </c>
+      <c r="H55" s="4"/>
+    </row>
+    <row r="56" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A56" t="s">
+        <v>76</v>
+      </c>
+      <c r="B56" s="2">
+        <v>0.95</v>
+      </c>
+      <c r="C56" s="3">
+        <v>258818000</v>
+      </c>
+      <c r="D56">
+        <v>665000</v>
+      </c>
+      <c r="E56">
         <v>142339100</v>
       </c>
-      <c r="F50" t="s">
-[...7 lines deleted...]
-      <c r="A51" t="s">
+      <c r="F56" t="s">
+        <v>103</v>
+      </c>
+      <c r="G56" t="s">
+        <v>9</v>
+      </c>
+      <c r="H56" s="4"/>
+    </row>
+    <row r="57" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A57" t="s">
         <v>78</v>
       </c>
-      <c r="B51" s="2">
-[...19 lines deleted...]
-      <c r="A52" t="s">
+      <c r="B57" s="2">
+        <v>0.95</v>
+      </c>
+      <c r="C57" s="3">
+        <v>258991085</v>
+      </c>
+      <c r="D57">
+        <v>1065500</v>
+      </c>
+      <c r="E57" t="s">
         <v>79</v>
       </c>
-      <c r="B52" s="2">
-[...42 lines deleted...]
-      <c r="A54" t="s">
+      <c r="F57" t="s">
+        <v>103</v>
+      </c>
+      <c r="G57" t="s">
+        <v>9</v>
+      </c>
+      <c r="H57" s="4"/>
+    </row>
+    <row r="58" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A58" t="s">
         <v>82</v>
       </c>
-      <c r="B54" s="2">
-[...28 lines deleted...]
-      <c r="D55">
+      <c r="B58" s="2">
+        <v>0.91</v>
+      </c>
+      <c r="C58" s="3">
+        <v>247374000</v>
+      </c>
+      <c r="D58">
         <v>1620000</v>
       </c>
-      <c r="E55" t="s">
+      <c r="E58" t="s">
         <v>19</v>
       </c>
-      <c r="F55" t="s">
-[...67 lines deleted...]
-      </c>
       <c r="F58" t="s">
-        <v>36</v>
+        <v>103</v>
       </c>
       <c r="G58" t="s">
         <v>9</v>
       </c>
-    </row>
-    <row r="59" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="H58" s="4"/>
+    </row>
+    <row r="59" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A59" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="B59" s="2">
-        <v>0.86</v>
-[...2 lines deleted...]
-        <v>236793737.34</v>
+        <v>0.85</v>
+      </c>
+      <c r="C59" s="3">
+        <v>232632400</v>
       </c>
       <c r="D59">
-        <v>641874</v>
-[...2 lines deleted...]
-        <v>824348106</v>
+        <v>1820000</v>
+      </c>
+      <c r="E59" t="s">
+        <v>21</v>
       </c>
       <c r="F59" t="s">
-        <v>36</v>
+        <v>103</v>
       </c>
       <c r="G59" t="s">
         <v>9</v>
       </c>
-    </row>
-    <row r="60" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="H59" s="4"/>
+    </row>
+    <row r="60" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A60" t="s">
         <v>89</v>
       </c>
       <c r="B60" s="2">
-        <v>0.84</v>
-[...2 lines deleted...]
-        <v>232012950</v>
+        <v>0.82</v>
+      </c>
+      <c r="C60" s="3">
+        <v>223656400</v>
       </c>
       <c r="D60">
-        <v>645000</v>
+        <v>1210000</v>
       </c>
       <c r="E60">
-        <v>776696106</v>
+        <v>571748102</v>
       </c>
       <c r="F60" t="s">
-        <v>36</v>
+        <v>103</v>
       </c>
       <c r="G60" t="s">
         <v>9</v>
       </c>
-    </row>
-    <row r="61" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="H60" s="4"/>
+    </row>
+    <row r="61" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A61" t="s">
+        <v>87</v>
+      </c>
+      <c r="B61" s="2">
+        <v>0.82</v>
+      </c>
+      <c r="C61" s="3">
+        <v>223160334</v>
+      </c>
+      <c r="D61">
+        <v>641874</v>
+      </c>
+      <c r="E61">
+        <v>824348106</v>
+      </c>
+      <c r="F61" t="s">
+        <v>103</v>
+      </c>
+      <c r="G61" t="s">
+        <v>9</v>
+      </c>
+      <c r="H61" s="4"/>
+    </row>
+    <row r="62" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A62" t="s">
         <v>90</v>
       </c>
-      <c r="B61" s="2">
-[...21 lines deleted...]
-      </c>
       <c r="B62" s="2">
-        <v>0.73</v>
-[...2 lines deleted...]
-        <v>200169300</v>
+        <v>0.81</v>
+      </c>
+      <c r="C62" s="3">
+        <v>220522500</v>
       </c>
       <c r="D62">
-        <v>430000</v>
+        <v>495000</v>
       </c>
       <c r="E62" t="s">
         <v>23</v>
       </c>
       <c r="F62" t="s">
-        <v>36</v>
+        <v>103</v>
       </c>
       <c r="G62" t="s">
         <v>9</v>
       </c>
-    </row>
-    <row r="63" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="H62" s="4"/>
+    </row>
+    <row r="63" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A63" t="s">
+        <v>95</v>
+      </c>
+      <c r="B63" s="2">
+        <v>0.79</v>
+      </c>
+      <c r="C63" s="3">
+        <v>216504000</v>
+      </c>
+      <c r="D63">
+        <v>1800000</v>
+      </c>
+      <c r="E63" t="s">
+        <v>101</v>
+      </c>
+      <c r="F63" t="s">
+        <v>103</v>
+      </c>
+      <c r="G63" t="s">
+        <v>9</v>
+      </c>
+      <c r="H63" s="4"/>
+    </row>
+    <row r="64" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A64" t="s">
+        <v>85</v>
+      </c>
+      <c r="B64" s="2">
+        <v>0.76</v>
+      </c>
+      <c r="C64" s="3">
+        <v>205800000</v>
+      </c>
+      <c r="D64">
+        <v>980000</v>
+      </c>
+      <c r="E64" t="s">
+        <v>86</v>
+      </c>
+      <c r="F64" t="s">
+        <v>103</v>
+      </c>
+      <c r="G64" t="s">
+        <v>9</v>
+      </c>
+      <c r="H64" s="4"/>
+    </row>
+    <row r="65" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A65" t="s">
+        <v>88</v>
+      </c>
+      <c r="B65" s="2">
+        <v>0.41</v>
+      </c>
+      <c r="C65" s="3">
+        <v>111993700</v>
+      </c>
+      <c r="D65">
+        <v>310000</v>
+      </c>
+      <c r="E65">
+        <v>776696106</v>
+      </c>
+      <c r="F65" t="s">
+        <v>103</v>
+      </c>
+      <c r="G65" t="s">
+        <v>9</v>
+      </c>
+      <c r="H65" s="4"/>
+    </row>
+    <row r="66" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A66" t="s">
+        <v>93</v>
+      </c>
+      <c r="B66" s="2">
+        <v>0.28000000000000003</v>
+      </c>
+      <c r="C66" s="3">
+        <v>75924150</v>
+      </c>
+      <c r="D66">
+        <v>172500</v>
+      </c>
+      <c r="E66">
+        <v>461202103</v>
+      </c>
+      <c r="F66" t="s">
+        <v>103</v>
+      </c>
+      <c r="G66" t="s">
+        <v>9</v>
+      </c>
+      <c r="H66" s="4"/>
+    </row>
+    <row r="67" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A67" t="s">
         <v>92</v>
       </c>
-      <c r="B63" s="2">
-[...31 lines deleted...]
-      <c r="E64" t="s">
+      <c r="B67" s="2">
+        <v>0.21</v>
+      </c>
+      <c r="C67" s="3">
+        <v>56071140</v>
+      </c>
+      <c r="D67">
+        <v>206000</v>
+      </c>
+      <c r="E67" t="s">
         <v>22</v>
       </c>
-      <c r="F64" t="s">
-[...67 lines deleted...]
-      </c>
       <c r="F67" t="s">
-        <v>36</v>
+        <v>103</v>
       </c>
       <c r="G67" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="73" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="69" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="C69" s="4"/>
+    </row>
+    <row r="73" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A73" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="74" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A74" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="75" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A75" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="76" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="76" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A76" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="77" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="77" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A77" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="78" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="78" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A78" t="s">
         <v>30</v>
       </c>
     </row>
   </sheetData>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A11:G67">
+    <sortCondition descending="1" ref="B11:B67"/>
+  </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <ignoredErrors>
-    <ignoredError sqref="C1:I5 C7:I9 A6:B6 D6:I6 C68:I78 A68:B78 A7:B9 A1:B5" numberStoredAsText="1"/>
+    <ignoredError sqref="C1:G5 C7:G9 A6:B6 D6:G6 C68:G68 A68:B68 A7:B9 A1:B5 A70:B78 B69 C70:G78 D69:G69 I1:I5 I7:I9 I6 I68 I70:I78 I69" numberStoredAsText="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>All Holdings</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>