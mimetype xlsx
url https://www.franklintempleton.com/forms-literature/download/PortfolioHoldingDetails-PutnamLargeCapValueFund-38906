--- v0 (2026-02-11)
+++ v1 (2026-03-03)
@@ -1,453 +1,693 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\ttherie\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1CA82A07-16DF-4063-8791-454F1A3ADE7D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2743910C-7654-48D0-8C7F-EEB9CF5A8B0B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="All Holdings" sheetId="1" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="0"/>
+  <definedNames>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'All Holdings'!$A$7:$D$7</definedName>
+  </definedNames>
+  <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="116" uniqueCount="116">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="188" uniqueCount="185">
   <si>
     <t>This spreadsheet intended to accompany the fund’s webpage at www.franklintempleton.com, the spreadsheet is not intended for standalone use.</t>
   </si>
   <si>
     <t>Putnam Large Cap Value Fund</t>
   </si>
   <si>
     <t>As of</t>
   </si>
   <si>
     <t>Security Name</t>
   </si>
   <si>
     <t>Weight (%)</t>
   </si>
   <si>
     <t>Market Value ($)</t>
   </si>
   <si>
-    <t>Cash and Equivalents</t>
-[...1 lines deleted...]
-  <si>
     <t>Holdings are provided for informational purposes only and should not be construed as a recommendation to purchase or sell any security. All data is subject to change.</t>
   </si>
   <si>
     <t>Franklin Distributors, LLC. Member FINRA/SIPC.</t>
   </si>
   <si>
     <t>Regarding Putnam funds: Prior to August 2, 2024, Putnam Retail Management, LP served as distributor of Putnam funds and services.</t>
   </si>
   <si>
     <t>Putnam funds are not exchangeable for other funds distributed by Franklin Distributors, LLC.</t>
   </si>
   <si>
     <t>Not FDIC Insured | No Bank Guarantee | May Lose Value</t>
   </si>
   <si>
     <t>Before investing, carefully consider a fund’s investment objectives, risks, charges and expenses.</t>
   </si>
   <si>
     <t>You can find this and other information in each prospectus, or summary prospectus, if available, at www.franklintempleton.com. Please read it carefully.</t>
   </si>
   <si>
     <t>© Franklin Templeton. All rights reserved.</t>
   </si>
   <si>
-    <t>ALPHABET INC COMMON STOCK   02079K305</t>
-[...299 lines deleted...]
-    <t>UNITED STATES ZERO 01/26   912797SG3</t>
+    <t>Security Number</t>
+  </si>
+  <si>
+    <t>S&amp;P500 EMINI 03/20/2026</t>
+  </si>
+  <si>
+    <t>ESH6IDX</t>
+  </si>
+  <si>
+    <t>NOVO NORDISK A/S ADR USD</t>
+  </si>
+  <si>
+    <t>ABBVIE INC COMMON STOCK</t>
+  </si>
+  <si>
+    <t>00287Y109</t>
+  </si>
+  <si>
+    <t>THE ALLSTATE CORPORATION</t>
+  </si>
+  <si>
+    <t>ALPHABET INC-CL A -</t>
+  </si>
+  <si>
+    <t>02079K305</t>
+  </si>
+  <si>
+    <t>AMAZON.COM INC COMMON</t>
+  </si>
+  <si>
+    <t>AMERICAN INTERNATIONAL</t>
+  </si>
+  <si>
+    <t>APOLLO GLOBAL MANAGEMENT</t>
+  </si>
+  <si>
+    <t>03769M106</t>
+  </si>
+  <si>
+    <t>BJ'S WHOLESALE CLUB</t>
+  </si>
+  <si>
+    <t>05550J101</t>
+  </si>
+  <si>
+    <t>BALL CORP COMMON STOCK</t>
+  </si>
+  <si>
+    <t>BANK OF AMERICA CORP</t>
+  </si>
+  <si>
+    <t>BECTON DICKINSON &amp; CO</t>
+  </si>
+  <si>
+    <t>BLACKROCK INC COMMON</t>
+  </si>
+  <si>
+    <t>09290D101</t>
+  </si>
+  <si>
+    <t>BOSTON SCIENTIFIC CORP</t>
+  </si>
+  <si>
+    <t>CME GROUP INC COMMON</t>
+  </si>
+  <si>
+    <t>12572Q105</t>
+  </si>
+  <si>
+    <t>CAPITAL ONE FINANCIAL</t>
+  </si>
+  <si>
+    <t>14040H105</t>
+  </si>
+  <si>
+    <t>CHARTER COMMUNICATIONS</t>
+  </si>
+  <si>
+    <t>16119P108</t>
+  </si>
+  <si>
+    <t>CISCO SYSTEMS INC COMMON</t>
+  </si>
+  <si>
+    <t>17275R102</t>
+  </si>
+  <si>
+    <t>CITIGROUP INC COMMON</t>
+  </si>
+  <si>
+    <t>THE COCA-COLA COMPANY</t>
+  </si>
+  <si>
+    <t>COMCAST CORP COMMON STOCK</t>
+  </si>
+  <si>
+    <t>20030N101</t>
+  </si>
+  <si>
+    <t>CONOCOPHILLIPS COMMON</t>
+  </si>
+  <si>
+    <t>20825C104</t>
+  </si>
+  <si>
+    <t>CORTEVA INC COMMON STOCK</t>
+  </si>
+  <si>
+    <t>22052L104</t>
+  </si>
+  <si>
+    <t>EASTMAN CHEMICAL CO</t>
+  </si>
+  <si>
+    <t>EXXON MOBIL</t>
+  </si>
+  <si>
+    <t>30231G102</t>
+  </si>
+  <si>
+    <t>FEDEX CORP COMMON STOCK</t>
+  </si>
+  <si>
+    <t>31428X106</t>
+  </si>
+  <si>
+    <t>FREEPORT-MCMORAN INC</t>
+  </si>
+  <si>
+    <t>35671D857</t>
+  </si>
+  <si>
+    <t>GENERAL MOTORS CO COMMON</t>
+  </si>
+  <si>
+    <t>37045V100</t>
+  </si>
+  <si>
+    <t>GOLDMAN SACHS GROUP</t>
+  </si>
+  <si>
+    <t>38141G104</t>
+  </si>
+  <si>
+    <t>HILTON WORLDWIDE HOLDINGS</t>
+  </si>
+  <si>
+    <t>43300A203</t>
+  </si>
+  <si>
+    <t>HONEYWELL INTERNATIONAL</t>
+  </si>
+  <si>
+    <t>INGERSOLL RAND INC</t>
+  </si>
+  <si>
+    <t>45687V106</t>
+  </si>
+  <si>
+    <t>JPMORGAN CHASE &amp; CO</t>
+  </si>
+  <si>
+    <t>46625H100</t>
+  </si>
+  <si>
+    <t>LULULEMON ATHLETICA INC</t>
+  </si>
+  <si>
+    <t>SANOFI SA COMMON STOCK</t>
+  </si>
+  <si>
+    <t>MARVELL TECHNOLOGY INC</t>
+  </si>
+  <si>
+    <t>MCKESSON CORP COMMON</t>
+  </si>
+  <si>
+    <t>58155Q103</t>
+  </si>
+  <si>
+    <t>MICROSOFT CORP COMMON</t>
+  </si>
+  <si>
+    <t>NRG ENERGY INC COMMON</t>
+  </si>
+  <si>
+    <t>NEXTERA ENERGY INC COMMON</t>
+  </si>
+  <si>
+    <t>65339F101</t>
+  </si>
+  <si>
+    <t>NORTHROP GRUMMAN CORP</t>
+  </si>
+  <si>
+    <t>OTIS WORLDWIDE CORP</t>
+  </si>
+  <si>
+    <t>68902V107</t>
+  </si>
+  <si>
+    <t>PNC FINANCIAL SERVICES</t>
+  </si>
+  <si>
+    <t>PPG INDUSTRIES INC COMMON</t>
+  </si>
+  <si>
+    <t>PPL CORP COMMON STOCK USD</t>
+  </si>
+  <si>
+    <t>69351T106</t>
+  </si>
+  <si>
+    <t>PHILIP MORRIS</t>
+  </si>
+  <si>
+    <t>THE PROCTER &amp; GAMBLE</t>
+  </si>
+  <si>
+    <t>PULTEGROUP INC COMMON</t>
+  </si>
+  <si>
+    <t>QUALCOMM INC COMMON STOCK</t>
+  </si>
+  <si>
+    <t>RTX CORP</t>
+  </si>
+  <si>
+    <t>REGENERON PHARMACEUTICALS</t>
+  </si>
+  <si>
+    <t>75886F107</t>
+  </si>
+  <si>
+    <t>CHARLES SCHWAB CORP/THE</t>
+  </si>
+  <si>
+    <t>SOUTHWEST AIRLINES CO</t>
+  </si>
+  <si>
+    <t>STATE STREET CORP COMMON</t>
+  </si>
+  <si>
+    <t>T-MOBILE US INC COMMON</t>
+  </si>
+  <si>
+    <t>TARGET CORP COMMON STOCK</t>
+  </si>
+  <si>
+    <t>THERMO FISHER SCIENTIFIC</t>
+  </si>
+  <si>
+    <t>UNITED RENTALS INC COMMON</t>
+  </si>
+  <si>
+    <t>UNITEDHEALTH GROUP INC</t>
+  </si>
+  <si>
+    <t>91324P102</t>
+  </si>
+  <si>
+    <t>VALERO ENERGY CORP COMMON</t>
+  </si>
+  <si>
+    <t>91913Y100</t>
+  </si>
+  <si>
+    <t>WALMART INC COMMON STOCK</t>
+  </si>
+  <si>
+    <t>WATERS CORP COMMON STOCK</t>
+  </si>
+  <si>
+    <t>SHELL PLC</t>
+  </si>
+  <si>
+    <t>BP6MXT4</t>
+  </si>
+  <si>
+    <t>ASTRAZENECA PLC COMMON</t>
+  </si>
+  <si>
+    <t>G0593M107</t>
+  </si>
+  <si>
+    <t>ACCENTURE PLC COMMON</t>
+  </si>
+  <si>
+    <t>G1151C101</t>
+  </si>
+  <si>
+    <t>CRH PLC COMMON STOCK EUR</t>
+  </si>
+  <si>
+    <t>G25508105</t>
+  </si>
+  <si>
+    <t>JOHNSON CONTROLS</t>
+  </si>
+  <si>
+    <t>G51502105</t>
+  </si>
+  <si>
+    <t>SEAGATE TECHNOLOGY</t>
+  </si>
+  <si>
+    <t>G7997R103</t>
+  </si>
+  <si>
+    <t>AMERICAN TOWER CORP REIT</t>
+  </si>
+  <si>
+    <t>03027X100</t>
+  </si>
+  <si>
+    <t>PROLOGIS INC REIT USD</t>
+  </si>
+  <si>
+    <t>74340W103</t>
+  </si>
+  <si>
+    <t>VORNADO REALTY LP</t>
+  </si>
+  <si>
+    <t>PUTNAM FDS TR</t>
+  </si>
+  <si>
+    <t>74676P664</t>
+  </si>
+  <si>
+    <t>KBC ASSET 3.9% 12/26</t>
+  </si>
+  <si>
+    <t>89115DJD9</t>
+  </si>
+  <si>
+    <t>ABN AMRO ZERO 02/26</t>
+  </si>
+  <si>
+    <t>00084CBL5</t>
+  </si>
+  <si>
+    <t>ATLANTIC ASSET 0% 02/26</t>
+  </si>
+  <si>
+    <t>04821UBP6</t>
+  </si>
+  <si>
+    <t>ATLANTIC ASSET ZERO 03/26</t>
+  </si>
+  <si>
+    <t>04821UCA8</t>
+  </si>
+  <si>
+    <t>ATLANTIC ASSET 0% 04/26</t>
+  </si>
+  <si>
+    <t>04821UDL3</t>
+  </si>
+  <si>
+    <t>BARCLAYS BANK ZERO 02/26</t>
+  </si>
+  <si>
+    <t>06741EBL3</t>
+  </si>
+  <si>
+    <t>06741EBQ2</t>
+  </si>
+  <si>
+    <t>CHARIOT FUNDING 0% 02/26</t>
+  </si>
+  <si>
+    <t>15963UBQ8</t>
+  </si>
+  <si>
+    <t>CHARTA LLC 0% 02/26</t>
+  </si>
+  <si>
+    <t>16115WBR7</t>
+  </si>
+  <si>
+    <t>CHEVRON CORP ZERO 03/26</t>
+  </si>
+  <si>
+    <t>16677KCD3</t>
+  </si>
+  <si>
+    <t>EXXON MOBIL CORP 0% 02/26</t>
+  </si>
+  <si>
+    <t>30229BBL0</t>
+  </si>
+  <si>
+    <t>GOTHAM FUNDING ZERO 02/26</t>
+  </si>
+  <si>
+    <t>38346MBL7</t>
+  </si>
+  <si>
+    <t>LIBERTY STREET ZERO 02/26</t>
+  </si>
+  <si>
+    <t>53127UBL3</t>
+  </si>
+  <si>
+    <t>MANHATTAN ZERO 03/26</t>
+  </si>
+  <si>
+    <t>56274MCQ3</t>
+  </si>
+  <si>
+    <t>56274MCS9</t>
+  </si>
+  <si>
+    <t>SHEFFIELD ZERO 05/26</t>
+  </si>
+  <si>
+    <t>82124MEL0</t>
+  </si>
+  <si>
+    <t>VICTORY 0% 02/26</t>
+  </si>
+  <si>
+    <t>92646LBL3</t>
+  </si>
+  <si>
+    <t>NESTLE FINANCE ZERO 02/26</t>
+  </si>
+  <si>
+    <t>P5239FE</t>
+  </si>
+  <si>
+    <t>P61ACE8</t>
+  </si>
+  <si>
+    <t>SUMITOMO ZERO 04/26</t>
+  </si>
+  <si>
+    <t>P63D2C4</t>
+  </si>
+  <si>
+    <t>TORONTO-DOMINION 0% 03/26</t>
+  </si>
+  <si>
+    <t>P63D689</t>
+  </si>
+  <si>
+    <t>TOTALENERGIES 0% 02/26</t>
+  </si>
+  <si>
+    <t>P69149E</t>
+  </si>
+  <si>
+    <t>COOPERATIEVE 0% 06/26</t>
+  </si>
+  <si>
+    <t>Y8BF627</t>
+  </si>
+  <si>
+    <t>MUFG BANK 0% 05/26</t>
+  </si>
+  <si>
+    <t>Y8DCF13</t>
+  </si>
+  <si>
+    <t>PROVINCE OF 0% 02/26</t>
+  </si>
+  <si>
+    <t>YC21AD8</t>
+  </si>
+  <si>
+    <t>BARCLAYS BANK ZERO 04/26</t>
+  </si>
+  <si>
+    <t>YD73337</t>
+  </si>
+  <si>
+    <t>SUMITOMO ZERO 03/26</t>
+  </si>
+  <si>
+    <t>YF31553</t>
+  </si>
+  <si>
+    <t>TOTALENERGIES ZERO 02/26</t>
+  </si>
+  <si>
+    <t>YF9A328</t>
+  </si>
+  <si>
+    <t>AUSTRALIA &amp; 3.65% 02/26</t>
+  </si>
+  <si>
+    <t>ZS3PC7W</t>
+  </si>
+  <si>
+    <t>UNITED STATES ZERO 04/26</t>
+  </si>
+  <si>
+    <t>912797SM0</t>
+  </si>
+  <si>
+    <t>UNITED STATES ZERO 07/26</t>
+  </si>
+  <si>
+    <t>912797TN7</t>
+  </si>
+  <si>
+    <t>Cash and Cash Equivalents</t>
+  </si>
+  <si>
+    <t>—</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="1" x14ac:knownFonts="1">
+  <numFmts count="1">
+    <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
+  </numFmts>
+  <fonts count="2" x14ac:knownFonts="1">
+    <font>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="1">
+  <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="2">
+  <cellXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="43" fontId="0" fillId="0" borderId="0" xfId="1" applyFont="1"/>
   </cellXfs>
-  <cellStyles count="1">
+  <cellStyles count="2">
+    <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleMedium4"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -745,1256 +985,1597 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:C122"/>
+  <dimension ref="A1:D124"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="C4" sqref="C4"/>
+      <selection activeCell="J10" sqref="J10"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="54.875" customWidth="1"/>
+    <col min="1" max="1" width="31.75" customWidth="1"/>
     <col min="2" max="2" width="10.875" customWidth="1"/>
-    <col min="3" max="3" width="16.875" customWidth="1"/>
+    <col min="3" max="3" width="17.375" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="14.25" style="2" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
         <v>1</v>
       </c>
       <c r="B3" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="1">
-        <v>46035</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+        <v>46072</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A7" t="s">
         <v>3</v>
       </c>
       <c r="B7" t="s">
         <v>4</v>
       </c>
       <c r="C7" t="s">
         <v>5</v>
       </c>
-    </row>
-    <row r="8" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="D7" s="2" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A8" t="s">
+        <v>43</v>
+      </c>
+      <c r="B8">
+        <v>3.67</v>
+      </c>
+      <c r="C8" s="3">
+        <v>1838890778.6500001</v>
+      </c>
+      <c r="D8" s="2">
+        <v>172967424</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A9" t="s">
+        <v>21</v>
+      </c>
+      <c r="B9">
+        <v>3.43</v>
+      </c>
+      <c r="C9" s="3">
+        <v>1716193408.5</v>
+      </c>
+      <c r="D9" s="2" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A10" t="s">
+        <v>41</v>
+      </c>
+      <c r="B10">
+        <v>2.86</v>
+      </c>
+      <c r="C10" s="3">
+        <v>1430789476.3199999</v>
+      </c>
+      <c r="D10" s="2" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A11" t="s">
+        <v>52</v>
+      </c>
+      <c r="B11">
+        <v>2.81</v>
+      </c>
+      <c r="C11" s="3">
+        <v>1406356354.9300001</v>
+      </c>
+      <c r="D11" s="2" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A12" t="s">
+        <v>183</v>
+      </c>
+      <c r="B12">
+        <v>2.4300000000000002</v>
+      </c>
+      <c r="C12" s="3">
+        <v>1215564843</v>
+      </c>
+      <c r="D12" s="2" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A13" t="s">
         <v>15</v>
       </c>
-      <c r="B8">
-[...7 lines deleted...]
-      <c r="A9" t="s">
+      <c r="B13">
+        <v>2.39</v>
+      </c>
+      <c r="C13" s="3">
+        <v>1198317250</v>
+      </c>
+      <c r="D13" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="B9">
-[...50 lines deleted...]
-    <row r="14" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A14" t="s">
-        <v>21</v>
+        <v>85</v>
       </c>
       <c r="B14">
-        <v>2.38</v>
-[...5 lines deleted...]
-    <row r="15" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+        <v>2.39</v>
+      </c>
+      <c r="C14" s="3">
+        <v>1194987232</v>
+      </c>
+      <c r="D14" s="2">
+        <v>718172109</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A15" t="s">
-        <v>22</v>
+        <v>58</v>
       </c>
       <c r="B15">
-        <v>2.36</v>
-[...5 lines deleted...]
-    <row r="16" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+        <v>2.31</v>
+      </c>
+      <c r="C15" s="3">
+        <v>1155297718.4400001</v>
+      </c>
+      <c r="D15" s="2" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A16" t="s">
-        <v>23</v>
+        <v>44</v>
       </c>
       <c r="B16">
         <v>2.27</v>
       </c>
-      <c r="C16">
-[...3 lines deleted...]
-    <row r="17" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="C16" s="3">
+        <v>1137343323.6099999</v>
+      </c>
+      <c r="D16" s="2">
+        <v>191216100</v>
+      </c>
+    </row>
+    <row r="17" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A17" t="s">
-        <v>24</v>
+        <v>76</v>
       </c>
       <c r="B17">
-        <v>2.2599999999999998</v>
-[...5 lines deleted...]
-    <row r="18" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+        <v>2.23</v>
+      </c>
+      <c r="C17" s="3">
+        <v>1118369153.24</v>
+      </c>
+      <c r="D17" s="2" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="18" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A18" t="s">
-        <v>25</v>
+        <v>72</v>
       </c>
       <c r="B18">
         <v>2.21</v>
       </c>
-      <c r="C18">
-[...3 lines deleted...]
-    <row r="19" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="C18" s="3">
+        <v>1109586879.96</v>
+      </c>
+      <c r="D18" s="2" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A19" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="B19">
-        <v>2.15</v>
-[...5 lines deleted...]
-    <row r="20" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+        <v>2.08</v>
+      </c>
+      <c r="C19" s="3">
+        <v>1041155741.13</v>
+      </c>
+      <c r="D19" s="2">
+        <v>60505104</v>
+      </c>
+    </row>
+    <row r="20" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A20" t="s">
-        <v>27</v>
+        <v>74</v>
       </c>
       <c r="B20">
-        <v>2.1</v>
-[...5 lines deleted...]
-    <row r="21" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+        <v>2.06</v>
+      </c>
+      <c r="C20" s="3">
+        <v>1030438678.38</v>
+      </c>
+      <c r="D20" s="2">
+        <v>594918104</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A21" t="s">
-        <v>28</v>
+        <v>64</v>
       </c>
       <c r="B21">
-        <v>2.09</v>
-[...5 lines deleted...]
-    <row r="22" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+        <v>1.99</v>
+      </c>
+      <c r="C21" s="3">
+        <v>997479050.66999996</v>
+      </c>
+      <c r="D21" s="2">
+        <v>438516106</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A22" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="B22">
-        <v>2.0499999999999998</v>
-[...5 lines deleted...]
-    <row r="23" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+        <v>1.92</v>
+      </c>
+      <c r="C22" s="3">
+        <v>959831377.44000006</v>
+      </c>
+      <c r="D22" s="2">
+        <v>23135106</v>
+      </c>
+    </row>
+    <row r="23" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A23" t="s">
-        <v>30</v>
+        <v>87</v>
       </c>
       <c r="B23">
-        <v>1.93</v>
-[...5 lines deleted...]
-    <row r="24" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+        <v>1.92</v>
+      </c>
+      <c r="C23" s="3">
+        <v>961268879.07000005</v>
+      </c>
+      <c r="D23" s="2">
+        <v>745867101</v>
+      </c>
+    </row>
+    <row r="24" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A24" t="s">
+        <v>93</v>
+      </c>
+      <c r="B24">
+        <v>1.91</v>
+      </c>
+      <c r="C24" s="3">
+        <v>955233809.03999996</v>
+      </c>
+      <c r="D24" s="2">
+        <v>844741108</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A25" t="s">
+        <v>37</v>
+      </c>
+      <c r="B25">
+        <v>1.87</v>
+      </c>
+      <c r="C25" s="3">
+        <v>935204223.22000003</v>
+      </c>
+      <c r="D25" s="2" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A26" t="s">
+        <v>54</v>
+      </c>
+      <c r="B26">
+        <v>1.85</v>
+      </c>
+      <c r="C26" s="3">
+        <v>926344397.79999995</v>
+      </c>
+      <c r="D26" s="2" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="27" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A27" t="s">
+        <v>90</v>
+      </c>
+      <c r="B27">
+        <v>1.72</v>
+      </c>
+      <c r="C27" s="3">
+        <v>861434804.72000003</v>
+      </c>
+      <c r="D27" s="2" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="28" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A28" t="s">
+        <v>97</v>
+      </c>
+      <c r="B28">
+        <v>1.7</v>
+      </c>
+      <c r="C28" s="3">
+        <v>849515814.32000005</v>
+      </c>
+      <c r="D28" s="2">
+        <v>883556102</v>
+      </c>
+    </row>
+    <row r="29" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A29" t="s">
+        <v>89</v>
+      </c>
+      <c r="B29">
+        <v>1.59</v>
+      </c>
+      <c r="C29" s="3">
+        <v>798916313.34000003</v>
+      </c>
+      <c r="D29" s="2">
+        <v>7.5513000000000005E+105</v>
+      </c>
+    </row>
+    <row r="30" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A30" t="s">
+        <v>56</v>
+      </c>
+      <c r="B30">
+        <v>1.56</v>
+      </c>
+      <c r="C30" s="3">
+        <v>779531536.07000005</v>
+      </c>
+      <c r="D30" s="2" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="31" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A31" t="s">
+        <v>78</v>
+      </c>
+      <c r="B31">
+        <v>1.53</v>
+      </c>
+      <c r="C31" s="3">
+        <v>768055812.13999999</v>
+      </c>
+      <c r="D31" s="2">
+        <v>666807102</v>
+      </c>
+    </row>
+    <row r="32" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A32" t="s">
+        <v>92</v>
+      </c>
+      <c r="B32">
+        <v>1.5</v>
+      </c>
+      <c r="C32" s="3">
+        <v>749349284.66999996</v>
+      </c>
+      <c r="D32" s="2">
+        <v>808513105</v>
+      </c>
+    </row>
+    <row r="33" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A33" t="s">
+        <v>103</v>
+      </c>
+      <c r="B33">
+        <v>1.5</v>
+      </c>
+      <c r="C33" s="3">
+        <v>753242811.92000008</v>
+      </c>
+      <c r="D33" s="2">
+        <v>931142103</v>
+      </c>
+    </row>
+    <row r="34" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A34" t="s">
+        <v>86</v>
+      </c>
+      <c r="B34">
+        <v>1.49</v>
+      </c>
+      <c r="C34" s="3">
+        <v>744922015.20000005</v>
+      </c>
+      <c r="D34" s="2">
+        <v>742718109</v>
+      </c>
+    </row>
+    <row r="35" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A35" t="s">
+        <v>49</v>
+      </c>
+      <c r="B35">
+        <v>1.45</v>
+      </c>
+      <c r="C35" s="3">
+        <v>724532993.51999998</v>
+      </c>
+      <c r="D35" s="2" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="36" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A36" t="s">
+        <v>81</v>
+      </c>
+      <c r="B36">
+        <v>1.43</v>
+      </c>
+      <c r="C36" s="3">
+        <v>716043002.5</v>
+      </c>
+      <c r="D36" s="2">
+        <v>693475105</v>
+      </c>
+    </row>
+    <row r="37" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A37" t="s">
+        <v>107</v>
+      </c>
+      <c r="B37">
+        <v>1.42</v>
+      </c>
+      <c r="C37" s="3">
+        <v>709178446.98000002</v>
+      </c>
+      <c r="D37" s="2" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="38" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A38" t="s">
+        <v>111</v>
+      </c>
+      <c r="B38">
+        <v>1.41</v>
+      </c>
+      <c r="C38" s="3">
+        <v>708010564.32000005</v>
+      </c>
+      <c r="D38" s="2" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="39" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A39" t="s">
+        <v>60</v>
+      </c>
+      <c r="B39">
+        <v>1.35</v>
+      </c>
+      <c r="C39" s="3">
+        <v>674061327.45000005</v>
+      </c>
+      <c r="D39" s="2" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="40" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A40" t="s">
+        <v>35</v>
+      </c>
+      <c r="B40">
+        <v>1.31</v>
+      </c>
+      <c r="C40" s="3">
+        <v>656590261.15999997</v>
+      </c>
+      <c r="D40" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="41" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A41" t="s">
+        <v>109</v>
+      </c>
+      <c r="B41">
+        <v>1.3</v>
+      </c>
+      <c r="C41" s="3">
+        <v>653599324.79999995</v>
+      </c>
+      <c r="D41" s="2" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="42" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A42" t="s">
+        <v>115</v>
+      </c>
+      <c r="B42">
+        <v>1.23</v>
+      </c>
+      <c r="C42" s="3">
+        <v>615862606.38999999</v>
+      </c>
+      <c r="D42" s="2" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="43" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A43" t="s">
+        <v>20</v>
+      </c>
+      <c r="B43">
+        <v>1.21</v>
+      </c>
+      <c r="C43" s="3">
+        <v>604804261.32000005</v>
+      </c>
+      <c r="D43" s="2">
+        <v>20002101</v>
+      </c>
+    </row>
+    <row r="44" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A44" t="s">
+        <v>95</v>
+      </c>
+      <c r="B44">
+        <v>1.2</v>
+      </c>
+      <c r="C44" s="3">
+        <v>601620971.39999998</v>
+      </c>
+      <c r="D44" s="2">
+        <v>872590104</v>
+      </c>
+    </row>
+    <row r="45" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A45" t="s">
+        <v>62</v>
+      </c>
+      <c r="B45">
+        <v>1.18</v>
+      </c>
+      <c r="C45" s="3">
+        <v>592951716.5</v>
+      </c>
+      <c r="D45" s="2" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="46" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A46" t="s">
+        <v>79</v>
+      </c>
+      <c r="B46">
+        <v>1.1499999999999999</v>
+      </c>
+      <c r="C46" s="3">
+        <v>577681080.15999997</v>
+      </c>
+      <c r="D46" s="2" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="47" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A47" t="s">
+        <v>105</v>
+      </c>
+      <c r="B47">
+        <v>1.0900000000000001</v>
+      </c>
+      <c r="C47" s="3">
+        <v>546568786.87</v>
+      </c>
+      <c r="D47" s="2" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="48" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A48" t="s">
         <v>31</v>
       </c>
-      <c r="B24">
-[...7 lines deleted...]
-      <c r="A25" t="s">
+      <c r="B48">
+        <v>1.07</v>
+      </c>
+      <c r="C48" s="3">
+        <v>534353724.08999997</v>
+      </c>
+      <c r="D48" s="2">
+        <v>75887109</v>
+      </c>
+    </row>
+    <row r="49" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A49" t="s">
+        <v>99</v>
+      </c>
+      <c r="B49">
+        <v>1.07</v>
+      </c>
+      <c r="C49" s="3">
+        <v>537201729.30999994</v>
+      </c>
+      <c r="D49" s="2" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="50" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A50" t="s">
+        <v>70</v>
+      </c>
+      <c r="B50">
+        <v>1.06</v>
+      </c>
+      <c r="C50" s="3">
+        <v>530949208.48000002</v>
+      </c>
+      <c r="D50" s="2">
+        <v>5671735</v>
+      </c>
+    </row>
+    <row r="51" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A51" t="s">
+        <v>101</v>
+      </c>
+      <c r="B51">
+        <v>1.06</v>
+      </c>
+      <c r="C51" s="3">
+        <v>532639250.19999999</v>
+      </c>
+      <c r="D51" s="2" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="52" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A52" t="s">
+        <v>65</v>
+      </c>
+      <c r="B52">
+        <v>1.03</v>
+      </c>
+      <c r="C52" s="3">
+        <v>515641908.60000002</v>
+      </c>
+      <c r="D52" s="2" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="53" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A53" t="s">
+        <v>67</v>
+      </c>
+      <c r="B53">
+        <v>1.03</v>
+      </c>
+      <c r="C53" s="3">
+        <v>514313194.85000002</v>
+      </c>
+      <c r="D53" s="2" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="54" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A54" t="s">
+        <v>119</v>
+      </c>
+      <c r="B54">
+        <v>0.99</v>
+      </c>
+      <c r="C54" s="3">
+        <v>496388928.63999999</v>
+      </c>
+      <c r="D54" s="2" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="55" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A55" t="s">
+        <v>98</v>
+      </c>
+      <c r="B55">
+        <v>0.98</v>
+      </c>
+      <c r="C55" s="3">
+        <v>492830065.45999998</v>
+      </c>
+      <c r="D55" s="2">
+        <v>911363109</v>
+      </c>
+    </row>
+    <row r="56" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A56" t="s">
+        <v>47</v>
+      </c>
+      <c r="B56">
+        <v>0.95</v>
+      </c>
+      <c r="C56" s="3">
+        <v>476832997.19999999</v>
+      </c>
+      <c r="D56" s="2" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="57" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A57" t="s">
+        <v>24</v>
+      </c>
+      <c r="B57">
+        <v>0.94</v>
+      </c>
+      <c r="C57" s="3">
+        <v>472916921.45999998</v>
+      </c>
+      <c r="D57" s="2">
+        <v>26874784</v>
+      </c>
+    </row>
+    <row r="58" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A58" t="s">
         <v>32</v>
       </c>
-      <c r="B25">
-[...7 lines deleted...]
-      <c r="A26" t="s">
+      <c r="B58">
+        <v>0.94</v>
+      </c>
+      <c r="C58" s="3">
+        <v>473266524.48000002</v>
+      </c>
+      <c r="D58" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="B26">
-[...358 lines deleted...]
-    <row r="59" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+    </row>
+    <row r="59" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A59" t="s">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="B59">
         <v>0.91</v>
       </c>
-      <c r="C59">
-[...3 lines deleted...]
-    <row r="60" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="C59" s="3">
+        <v>458160254.08999997</v>
+      </c>
+      <c r="D59" s="2">
+        <v>629377508</v>
+      </c>
+    </row>
+    <row r="60" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A60" t="s">
-        <v>66</v>
+        <v>34</v>
       </c>
       <c r="B60">
-        <v>0.9</v>
-[...5 lines deleted...]
-    <row r="61" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+        <v>0.89</v>
+      </c>
+      <c r="C60" s="3">
+        <v>443975587.92000002</v>
+      </c>
+      <c r="D60" s="2">
+        <v>101137107</v>
+      </c>
+    </row>
+    <row r="61" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A61" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="B61">
-        <v>0.89</v>
-[...5 lines deleted...]
-    <row r="62" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+        <v>0.88</v>
+      </c>
+      <c r="C61" s="3">
+        <v>438730679.75999999</v>
+      </c>
+      <c r="D61" s="2" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="62" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A62" t="s">
-        <v>68</v>
+        <v>25</v>
       </c>
       <c r="B62">
         <v>0.87</v>
       </c>
-      <c r="C62">
-[...3 lines deleted...]
-    <row r="63" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="C62" s="3">
+        <v>434679032.57999998</v>
+      </c>
+      <c r="D62" s="2" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="63" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A63" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="B63">
         <v>0.86</v>
       </c>
-      <c r="C63">
-[...3 lines deleted...]
-    <row r="64" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="C63" s="3">
+        <v>429743098.05000001</v>
+      </c>
+      <c r="D63" s="2" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="64" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A64" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B64">
         <v>0.83</v>
       </c>
-      <c r="C64">
-[...3 lines deleted...]
-    <row r="65" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="C64" s="3">
+        <v>416510842.50999999</v>
+      </c>
+      <c r="D64" s="2">
+        <v>573874104</v>
+      </c>
+    </row>
+    <row r="65" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A65" t="s">
-        <v>71</v>
+        <v>17</v>
       </c>
       <c r="B65">
-        <v>0.8</v>
-[...5 lines deleted...]
-    <row r="66" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+        <v>0.74</v>
+      </c>
+      <c r="C65" s="3">
+        <v>369300435</v>
+      </c>
+      <c r="D65" s="2">
+        <v>670100205</v>
+      </c>
+    </row>
+    <row r="66" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A66" t="s">
-        <v>72</v>
+        <v>113</v>
       </c>
       <c r="B66">
-        <v>0.69</v>
-[...5 lines deleted...]
-    <row r="67" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+        <v>0.72</v>
+      </c>
+      <c r="C66" s="3">
+        <v>360251858</v>
+      </c>
+      <c r="D66" s="2" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="67" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A67" t="s">
-        <v>73</v>
+        <v>96</v>
       </c>
       <c r="B67">
         <v>0.57999999999999996</v>
       </c>
-      <c r="C67">
-[...3 lines deleted...]
-    <row r="68" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="C67" s="3">
+        <v>292636802.01999998</v>
+      </c>
+      <c r="D67" s="2">
+        <v>8.7611999999999999E+110</v>
+      </c>
+    </row>
+    <row r="68" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A68" t="s">
-        <v>74</v>
+        <v>88</v>
       </c>
       <c r="B68">
         <v>0.56000000000000005</v>
       </c>
-      <c r="C68">
-[...3 lines deleted...]
-    <row r="69" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="C68" s="3">
+        <v>282186542.45999998</v>
+      </c>
+      <c r="D68" s="2">
+        <v>747525103</v>
+      </c>
+    </row>
+    <row r="69" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A69" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="B69">
-        <v>0.54</v>
-[...5 lines deleted...]
-    <row r="70" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+        <v>0.55000000000000004</v>
+      </c>
+      <c r="C69" s="3">
+        <v>273097648.25</v>
+      </c>
+      <c r="D69" s="2">
+        <v>693506107</v>
+      </c>
+    </row>
+    <row r="70" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A70" t="s">
-        <v>76</v>
+        <v>27</v>
       </c>
       <c r="B70">
-        <v>0.53</v>
-[...5 lines deleted...]
-    <row r="71" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+        <v>0.52</v>
+      </c>
+      <c r="C70" s="3">
+        <v>261451647.72999999</v>
+      </c>
+      <c r="D70" s="2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="71" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A71" t="s">
-        <v>77</v>
+        <v>94</v>
       </c>
       <c r="B71">
-        <v>0.5</v>
-[...5 lines deleted...]
-    <row r="72" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+        <v>0.49</v>
+      </c>
+      <c r="C71" s="3">
+        <v>247367072.40000001</v>
+      </c>
+      <c r="D71" s="2">
+        <v>857477103</v>
+      </c>
+    </row>
+    <row r="72" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A72" t="s">
-        <v>78</v>
+        <v>121</v>
       </c>
       <c r="B72">
-        <v>0.39</v>
-[...5 lines deleted...]
-    <row r="73" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+        <v>0.47</v>
+      </c>
+      <c r="C72" s="3">
+        <v>233987079.56</v>
+      </c>
+      <c r="D72" s="2">
+        <v>929042109</v>
+      </c>
+    </row>
+    <row r="73" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A73" t="s">
-        <v>79</v>
+        <v>29</v>
       </c>
       <c r="B73">
-        <v>0.38</v>
-[...5 lines deleted...]
-    <row r="74" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+        <v>0.43</v>
+      </c>
+      <c r="C73" s="3">
+        <v>213509721.78</v>
+      </c>
+      <c r="D73" s="2">
+        <v>58498106</v>
+      </c>
+    </row>
+    <row r="74" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A74" t="s">
-        <v>80</v>
+        <v>39</v>
       </c>
       <c r="B74">
-        <v>0.37</v>
-[...5 lines deleted...]
-    <row r="75" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+        <v>0.41</v>
+      </c>
+      <c r="C74" s="3">
+        <v>206655701.58000001</v>
+      </c>
+      <c r="D74" s="2" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="75" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A75" t="s">
-        <v>81</v>
+        <v>45</v>
       </c>
       <c r="B75">
-        <v>0.35</v>
-[...5 lines deleted...]
-    <row r="76" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+        <v>0.36</v>
+      </c>
+      <c r="C75" s="3">
+        <v>180573542.69999999</v>
+      </c>
+      <c r="D75" s="2" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="76" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A76" t="s">
-        <v>82</v>
+        <v>51</v>
       </c>
       <c r="B76">
-        <v>0.34</v>
-[...5 lines deleted...]
-    <row r="77" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+        <v>0.36</v>
+      </c>
+      <c r="C76" s="3">
+        <v>178498447.09999999</v>
+      </c>
+      <c r="D76" s="2">
+        <v>277432100</v>
+      </c>
+    </row>
+    <row r="77" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A77" t="s">
-        <v>83</v>
+        <v>117</v>
       </c>
       <c r="B77">
-        <v>0.33</v>
-[...5 lines deleted...]
-    <row r="78" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+        <v>0.3</v>
+      </c>
+      <c r="C77" s="3">
+        <v>148813974.06</v>
+      </c>
+      <c r="D77" s="2" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="78" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A78" t="s">
-        <v>84</v>
+        <v>122</v>
       </c>
       <c r="B78">
-        <v>0.28999999999999998</v>
-[...5 lines deleted...]
-    <row r="79" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+        <v>0.3</v>
+      </c>
+      <c r="C78" s="3">
+        <v>150688536.03999999</v>
+      </c>
+      <c r="D78" s="2" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="79" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A79" t="s">
-        <v>85</v>
+        <v>104</v>
       </c>
       <c r="B79">
-        <v>0.25</v>
-[...5 lines deleted...]
-    <row r="80" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+        <v>0.26</v>
+      </c>
+      <c r="C79" s="3">
+        <v>130262747.7</v>
+      </c>
+      <c r="D79" s="2">
+        <v>941848103</v>
+      </c>
+    </row>
+    <row r="80" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A80" t="s">
-        <v>86</v>
+        <v>145</v>
       </c>
       <c r="B80">
-        <v>0.21</v>
-[...5 lines deleted...]
-    <row r="81" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+        <v>0.26</v>
+      </c>
+      <c r="C80" s="3">
+        <v>129986675</v>
+      </c>
+      <c r="D80" s="2" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="81" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A81" t="s">
-        <v>87</v>
+        <v>69</v>
       </c>
       <c r="B81">
-        <v>0.21</v>
-[...5 lines deleted...]
-    <row r="82" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+        <v>0.2</v>
+      </c>
+      <c r="C81" s="3">
+        <v>99925083.359999999</v>
+      </c>
+      <c r="D81" s="2">
+        <v>550021109</v>
+      </c>
+    </row>
+    <row r="82" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A82" t="s">
-        <v>88</v>
+        <v>134</v>
       </c>
       <c r="B82">
-        <v>0.21</v>
-[...5 lines deleted...]
-    <row r="83" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+        <v>0.2</v>
+      </c>
+      <c r="C82" s="3">
+        <v>99949230</v>
+      </c>
+      <c r="D82" s="2" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="83" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A83" t="s">
-        <v>89</v>
+        <v>139</v>
       </c>
       <c r="B83">
-        <v>0.14000000000000001</v>
-[...5 lines deleted...]
-    <row r="84" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+        <v>0.2</v>
+      </c>
+      <c r="C83" s="3">
+        <v>99938570</v>
+      </c>
+      <c r="D83" s="2" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="84" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A84" t="s">
-        <v>90</v>
+        <v>175</v>
       </c>
       <c r="B84">
-        <v>0.14000000000000001</v>
-[...5 lines deleted...]
-    <row r="85" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+        <v>0.2</v>
+      </c>
+      <c r="C84" s="3">
+        <v>99938550</v>
+      </c>
+      <c r="D84" s="2" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="85" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A85" t="s">
-        <v>91</v>
+        <v>137</v>
       </c>
       <c r="B85">
-        <v>0.14000000000000001</v>
-[...5 lines deleted...]
-    <row r="86" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+        <v>0.15</v>
+      </c>
+      <c r="C85" s="3">
+        <v>74961615</v>
+      </c>
+      <c r="D85" s="2" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="86" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A86" t="s">
-        <v>92</v>
+        <v>181</v>
       </c>
       <c r="B86">
+        <v>0.15</v>
+      </c>
+      <c r="C86" s="3">
+        <v>76390501.480000004</v>
+      </c>
+      <c r="D86" s="2" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="87" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A87" t="s">
+        <v>130</v>
+      </c>
+      <c r="B87">
         <v>0.12</v>
       </c>
-      <c r="C86">
-[...14 lines deleted...]
-    <row r="88" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="C87" s="3">
+        <v>59882862</v>
+      </c>
+      <c r="D87" s="2" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="88" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A88" t="s">
-        <v>94</v>
+        <v>126</v>
       </c>
       <c r="B88">
-        <v>0.11</v>
-[...5 lines deleted...]
-    <row r="89" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+        <v>0.1</v>
+      </c>
+      <c r="C88" s="3">
+        <v>49994890</v>
+      </c>
+      <c r="D88" s="2" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="89" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A89" t="s">
-        <v>95</v>
+        <v>149</v>
       </c>
       <c r="B89">
-        <v>0.11</v>
-[...5 lines deleted...]
-    <row r="90" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+        <v>0.1</v>
+      </c>
+      <c r="C89" s="3">
+        <v>49830005</v>
+      </c>
+      <c r="D89" s="2" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="90" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A90" t="s">
-        <v>96</v>
+        <v>161</v>
       </c>
       <c r="B90">
-        <v>0.11</v>
-[...5 lines deleted...]
-    <row r="91" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+        <v>0.1</v>
+      </c>
+      <c r="C90" s="3">
+        <v>49849400</v>
+      </c>
+      <c r="D90" s="2" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="91" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A91" t="s">
-        <v>97</v>
+        <v>163</v>
       </c>
       <c r="B91">
-        <v>0.11</v>
-[...5 lines deleted...]
-    <row r="92" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+        <v>0.1</v>
+      </c>
+      <c r="C91" s="3">
+        <v>49964125</v>
+      </c>
+      <c r="D91" s="2" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="92" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A92" t="s">
-        <v>98</v>
+        <v>169</v>
       </c>
       <c r="B92">
-        <v>0.11</v>
-[...5 lines deleted...]
-    <row r="93" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+        <v>0.1</v>
+      </c>
+      <c r="C92" s="3">
+        <v>49969595</v>
+      </c>
+      <c r="D92" s="2" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="93" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A93" t="s">
-        <v>99</v>
+        <v>177</v>
       </c>
       <c r="B93">
-        <v>0.11</v>
-[...5 lines deleted...]
-    <row r="94" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+        <v>0.1</v>
+      </c>
+      <c r="C93" s="3">
+        <v>50000000</v>
+      </c>
+      <c r="D93" s="2" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="94" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A94" t="s">
-        <v>100</v>
+        <v>134</v>
       </c>
       <c r="B94">
         <v>0.08</v>
       </c>
-      <c r="C94">
-[...3 lines deleted...]
-    <row r="95" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="C94" s="3">
+        <v>38996045.399999999</v>
+      </c>
+      <c r="D94" s="2" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="95" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A95" t="s">
-        <v>101</v>
+        <v>179</v>
       </c>
       <c r="B95">
-        <v>0.06</v>
-[...5 lines deleted...]
-    <row r="96" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="C95" s="3">
+        <v>35378743.509999998</v>
+      </c>
+      <c r="D95" s="2" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="96" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A96" t="s">
-        <v>102</v>
+        <v>132</v>
       </c>
       <c r="B96">
         <v>0.06</v>
       </c>
-      <c r="C96">
-[...3 lines deleted...]
-    <row r="97" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="C96" s="3">
+        <v>29814501</v>
+      </c>
+      <c r="D96" s="2" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="97" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A97" t="s">
-        <v>103</v>
+        <v>154</v>
       </c>
       <c r="B97">
-        <v>0.05</v>
-[...5 lines deleted...]
-    <row r="98" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+        <v>0.06</v>
+      </c>
+      <c r="C97" s="3">
+        <v>29996946</v>
+      </c>
+      <c r="D97" s="2" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="98" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A98" t="s">
-        <v>104</v>
+        <v>128</v>
       </c>
       <c r="B98">
-        <v>0.05</v>
-[...5 lines deleted...]
-    <row r="99" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+        <v>0.04</v>
+      </c>
+      <c r="C98" s="3">
+        <v>18992223.300000001</v>
+      </c>
+      <c r="D98" s="2" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="99" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A99" t="s">
-        <v>105</v>
+        <v>143</v>
       </c>
       <c r="B99">
-        <v>0.05</v>
-[...5 lines deleted...]
-    <row r="100" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+        <v>0.04</v>
+      </c>
+      <c r="C99" s="3">
+        <v>20997906.300000001</v>
+      </c>
+      <c r="D99" s="2" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="100" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A100" t="s">
-        <v>106</v>
+        <v>152</v>
       </c>
       <c r="B100">
         <v>0.04</v>
       </c>
-      <c r="C100">
-[...3 lines deleted...]
-    <row r="101" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="C100" s="3">
+        <v>19963612.5</v>
+      </c>
+      <c r="D100" s="2" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="101" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A101" t="s">
-        <v>107</v>
+        <v>173</v>
       </c>
       <c r="B101">
-        <v>0.03</v>
-[...5 lines deleted...]
-    <row r="102" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+        <v>0.04</v>
+      </c>
+      <c r="C101" s="3">
+        <v>21143354.190000001</v>
+      </c>
+      <c r="D101" s="2" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="102" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A102" t="s">
-        <v>108</v>
+        <v>149</v>
       </c>
       <c r="B102">
         <v>0.03</v>
       </c>
-      <c r="C102">
-[...3 lines deleted...]
-    <row r="103" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="C102" s="3">
+        <v>14447723.15</v>
+      </c>
+      <c r="D102" s="2" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="103" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A103" t="s">
-        <v>109</v>
+        <v>156</v>
       </c>
       <c r="B103">
         <v>0.03</v>
       </c>
-      <c r="C103">
-[...3 lines deleted...]
-    <row r="104" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="C103" s="3">
+        <v>16986250.399999999</v>
+      </c>
+      <c r="D103" s="2" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="104" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A104" t="s">
-        <v>110</v>
+        <v>171</v>
       </c>
       <c r="B104">
         <v>0.03</v>
       </c>
-      <c r="C104">
-[...3 lines deleted...]
-    <row r="105" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="C104" s="3">
+        <v>12678640.800000001</v>
+      </c>
+      <c r="D104" s="2" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="105" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A105" t="s">
-        <v>111</v>
+        <v>141</v>
       </c>
       <c r="B105">
         <v>0.02</v>
       </c>
-      <c r="C105">
-[...3 lines deleted...]
-    <row r="106" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="C105" s="3">
+        <v>9878030.9100000001</v>
+      </c>
+      <c r="D105" s="2" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="106" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A106" t="s">
-        <v>112</v>
+        <v>156</v>
       </c>
       <c r="B106">
         <v>0.02</v>
       </c>
-      <c r="C106">
-[...3 lines deleted...]
-    <row r="107" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="C106" s="3">
+        <v>12168849.189999999</v>
+      </c>
+      <c r="D106" s="2" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="107" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A107" t="s">
-        <v>113</v>
+        <v>159</v>
       </c>
       <c r="B107">
+        <v>0.02</v>
+      </c>
+      <c r="C107" s="3">
+        <v>10898132.039999999</v>
+      </c>
+      <c r="D107" s="2" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="108" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A108" t="s">
+        <v>165</v>
+      </c>
+      <c r="B108">
+        <v>0.02</v>
+      </c>
+      <c r="C108" s="3">
+        <v>7909414.4000000004</v>
+      </c>
+      <c r="D108" s="2" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="109" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A109" t="s">
+        <v>167</v>
+      </c>
+      <c r="B109">
+        <v>0.02</v>
+      </c>
+      <c r="C109" s="3">
+        <v>9916761</v>
+      </c>
+      <c r="D109" s="2" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="110" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A110" t="s">
+        <v>124</v>
+      </c>
+      <c r="B110">
         <v>0.01</v>
       </c>
-      <c r="C107">
-[...7 lines deleted...]
-      <c r="B108">
+      <c r="C110" s="3">
+        <v>4779781.21</v>
+      </c>
+      <c r="D110" s="2" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="111" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A111" t="s">
+        <v>147</v>
+      </c>
+      <c r="B111">
         <v>0.01</v>
       </c>
-      <c r="C108">
-[...15 lines deleted...]
-      <c r="A115" t="s">
+      <c r="C111" s="3">
+        <v>4999489</v>
+      </c>
+      <c r="D111" s="2" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="112" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="C112" s="4"/>
+    </row>
+    <row r="117" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A117" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="118" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A118" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="116" spans="1:1" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A116" t="s">
+    <row r="119" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A119" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="117" spans="1:1" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A117" t="s">
+    <row r="120" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A120" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="118" spans="1:1" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A118" t="s">
+    <row r="121" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A121" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="119" spans="1:1" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A119" t="s">
+    <row r="122" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A122" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="120" spans="1:1" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A120" t="s">
+    <row r="123" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A123" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="121" spans="1:1" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A121" t="s">
+    <row r="124" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A124" t="s">
         <v>13</v>
-      </c>
-[...3 lines deleted...]
-        <v>14</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <ignoredErrors>
-    <ignoredError sqref="A110:C122 A1:C2 A4:C7 A3:B3" numberStoredAsText="1"/>
+    <ignoredError sqref="A1:C2 A113:C124 A4:C6 A3:B3 A112:B112" numberStoredAsText="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>All Holdings</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>